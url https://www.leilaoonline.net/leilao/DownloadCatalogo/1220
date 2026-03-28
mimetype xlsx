--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,1819 +269,1595 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74436", "196")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74436", "FIAT/ WEEKEND ADVENTURE; 2014/2015; PRATA; ALCO./GASOL. FROTA 190 - FUNCIONANDO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>22.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74438", "197")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74438", "I/VW; PASSAT VAR 2.0T FSI; 2008/2009; PRETA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>67</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>27.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74440", "198")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74440", "I/PEUGEOT 207 HB XR; 2011/2012; PRETA; FLEX - FUNCIONANDO")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>47</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>9.100,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74437", "199")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74437", " VW GOL 1.0 GIV 2011/2011 PRATA ALCO./GASOL. FROTA 169")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>6.900,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74439", "200")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74439", "RENAULT; DUSTER 20D 4X2; 2014/2015; PRATA; ALCO./GASOL.- FROTA 520")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74251", "203")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74251", "FIAT; FIORINO 1.0; 1994/1994; BRANCA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73290", "204")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73290", "I/MMC; ASX 2.0; 2011/2012; BRANCA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>38.150,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74250", "205")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74250", "veja o vídeo!! I/MINI; COOPER S; 2009/2010; VERMELHA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>33</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>33.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74252", "207")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74252", "I/VW; JETTA VARIANT; 2009/2009; PRATA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>21.750,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73314", "208")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73314", "veja o vídeo!! I/TOYOTA; HILUX CDSRXA4FD; 2016/2016; PRATA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>47</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>127.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73315", "209")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73315", "FIAT/TORO; FREEDOM AT9 D; 2018/2019; BRANCA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>74.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73298", "210")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73298", "veja o vídeo!! I/HYUNDAI; AZERA 3.0 V6; 2012/2013; PRATA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>31.100,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>550.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73291", "211")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73291", "veja o vídeo!! I/FORD; RANGER XL 13P; 2011/2012; PRATA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>39.400,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73857", "212")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73857", "veja o vídeo!! I/AUDI; A3 SPORTBACK 2.0T FSI; 2010/2011; PRATA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>39.250,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73856", "215")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73856", "veja o vídeo!! HONDA; HR-V LX CVT; 2019/2019; AZUL; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>71.300,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>550.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73302", "216")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73302", "veja o vídeo!! FIAT; ARGO DRIVE 1.0; 2018/2018; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>29.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73317", "217")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73317", "veja o vídeo!! CHEV/PRISMA 10MT JOYE; 2016/2017; PRATA; GAS./ALCO./GN - FUNCIONANDO")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>22.280,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>260.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73318", "218")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73318", "VW; PARATI 16V; 1998/1999; VERMELHA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>3.750,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73293", "219")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73293", "HONDA; FIT LX; 2006/2007; PRATA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>14.750,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73409", "220")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73409", "veja o vídeo!! CHEV/SPIN 1.8L AT LT ADV; 2018/2018; CINZA; ALCO./GASOL. - FUNCIONANDO - Aprox. 29.000km")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>35.500,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>550.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73301", "221")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73301", "VW; SPACEFOX TREND GII; 2014/2014; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>22.700,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>550.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73300", "224")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73300", "I/CHEV; SONIC LTZ HB MT; 2012/2013; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>15.500,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74100", "225")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74100", "HONDA/FIT LXL; 2008/2008; CINZA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>53</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>19.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74152", "226")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74152", "I/FORD; FOCUS 2.0L FC; 2002/2002; CINZA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>4.250,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74153", "227")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74153", "veja o vídeo!! HYUNDAI/ HB20S 1.0M COMF; 2017/2018; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>33.500,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74253", "229")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74253", "FORD; WILLIAM COURIER AMB; 2008/2009; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>7.900,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>1150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73292", "230")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73292", "FIAT; IDEA ADVENTURE 1.8; 2016/2016; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>51</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>29.500,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73294", "231")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73294", "VW; FOX 1.0 GII; 2011/2011; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>37</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>15.500,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73390", "232")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73390", "veja o vídeo!! I/CHERY; QQ 1.1; 2013/2014; VERMELHA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73855", "233")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73855", "veja o vídeo!! TOYOTA; ETIOS HB XS 15 AT; 2016/2017; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>92</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>32.900,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73306", "234")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73306", "DAFRA; CITYCOM 300I; 2015/2016; PRETA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>7.100,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73854", "235")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73854", "YAMAHA/RD 350 R; 1991/1991; BRANCA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>4.100,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73307", "236")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73307", "YAMAHA; DT 200; 1994/1994; BRANCA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>3.700,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73313", "237")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73313", "veja o vídeo!! COFAVE/APRILIA; PEGASO650; 2001/2002; PRATA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>7.050,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74256", "238")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74256", "veja o vídeo!! NISSAN/ LIVINA 18S; 2010/2010; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>12.750,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74435", "239")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74435", "VW/GOL GTS; 1989/1989; PRATA; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>74</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>13.300,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73333", "240")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73333", "VW/VOYAGE GLS; 1987/1988; VERMELHA; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>7.100,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73853", "241")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73853", "VW/PARATI GL 1.8; 1992/1993; AZUL; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>72</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73332", "250")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73332", "IMP/TOYOTA; COROLLA DX; 1994/1995; VERDE; GASOLINA")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73295", "263")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73295", "veja o vídeo!! RENAULT; LOGAN EXP 1016V; 2010/2011; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>11.250,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73297", "267")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73297", "veja o vídeo!! BICICLETA BIKE LIT MOTORIZADA 80CC COM RODAS V-MAX RAIO GROSSO; ANO 2020 - FUNCIONANDO")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73316", "268")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73316", "I/PEUGEOT; 307 16 PR PK; 2008/2009; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>13.750,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74254", "270")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74254", "veja o vídeo!! VW/ FUSCA 1300; 1970/1970; AZUL - FUNCIONANDO")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>7.600,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73303", "300")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73303", "VW; PARATI 2.0; 2000/2001; CINZA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>9.500,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74076", "301")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74076", "veja o vídeo!! VW/GOL GTS; 1989/1989; PRETA; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>80</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>16.150,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73296", "302")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73296", "vídeo novo!! GM; MONZA SL/E; 1984/1984; VERDE; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>5.200,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73299", "303")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73299", "FIAT; 147 GLS; 1980; AZUL; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>5.200,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74434", "304")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74434", "veja o vídeo!! VW/BRASILIA; 1975/1975; VERMELHA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>7.750,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73305", "400")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73305", "24 PNEUS DIVERSOS - MEDIDAS NAS ESPECIFICAÇÕES")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73304", "401")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73304", "KIT GNV NO ESTADO")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73308", "402")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73308", "RODA AVULSA ARO 15; FURAÇÃO 4X100; ORIGINAL HONDA FIT 2015 A 2017")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73309", "403")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73309", "RODA AVULSA ARO 15; FURAÇÃO 4X100; MARCA FUMAGALLI")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73310", "405")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73310", "RODA AVULSA ARO 15; FURAÇÃO 4X100; ORIGINAL HONDA FIT 2009 A 2012")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73311", "406")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73311", "RODA AVULSA ARO 15; FURAÇÃO 4X100; ORIGINAL HONDA FIT 2018 A 2020")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73312", "407")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73312", "RODA AVULSA ARO 16; FURAÇÃO 5X114; ORIGINAL HONDA CIVIC 2014")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74101", "408")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74101", "4 RODAS PIRELLI; ARO 20; MEDIDAS 265/50/20")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>