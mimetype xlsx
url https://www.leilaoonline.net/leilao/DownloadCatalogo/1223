--- v0 (2025-12-25)
+++ v1 (2026-03-28)
@@ -269,4859 +269,4255 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73420", "007")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73420", "S-10 ADVANTAGE D, FLEX, ANO: 2009, Placa: JXL7911, KM:120149 - LOCALIZAÇÃO: Aeroporto de Manaus")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>27.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75028", "3055")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75028", "SUCATA DE FERRO APROX. 60 TON., PREÇO POR KG, SF , LOC. BARRA BONITA")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>1,55</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>0.05</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75430", "3057")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75430", "PLACAS DE INOX PARA TROCADOR DE CALOR, GAFA192,  APROX. 177 PÇS- LOC. BARRA ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>5.250,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73415", "4120")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73415", "TRATOR CASE 180, ANO 2012, FR 19255, UND. PARAISO ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>56</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>61.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73419", "4143")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73419", "15 PNEUS TRANSBORDO , SF , LOC. PARAISO ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>4.250,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73416", "4144")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73416", "APROX. 10 PNEUS C/ RODAS USADOS, SF , LOC. PARAISO ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>5.250,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73418", "4145")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73418", "1 ADUBADEIRA JUMIL, FR 103957 ,  LOC. PARAISO ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75431", "15000")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75431", "TRATOR VALTRA BH145, 4X4 , ANO 2013, FR 126071, LOC. BONFIM ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>148</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>98.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75432", "15001")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75432", "TRATOR VALTRA BH145 4X4, ANO 2013, FR 126072, LOC. BONFIM ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>169</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>98.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75398", "15486")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75398", " CAMINHÃO M. BENZ AXOR 3344S 2006/2006, FR360409, UND BONFIM")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>57.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74817", "16066")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74817", "PLANT.CANA AUTOMÁTICA DMB, ANO 2010, FR88896, LOC. GASA")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>4.250,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74816", "16067")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74816", "PLANT.CANA AUTOMÁTICA DMB, ANO 2010, FRFR88895, LOC. GASA")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>4.250,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74943", "16068")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74943", "PLANTADEIRA DE CANA AUTOM.DMB, ANO 2010, FR 88893- LOC. GASA ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>4.750,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74818", "16069")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74818", "REBOQUE RANDON 8,00 M,C/ CARROCERIA TRANSB. ANO 1992, FR173844, LOC. GASA")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>10.250,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74819", "16070")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74819", "REBOQUE FACCHINI 7,50 M, C/ CARROC. TRANS., ANO 1995/19995 , FR121234, LOC. GASA")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74823", "16071")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74823", "TRANSBORDO SMR 10500 10 T, ANO 2006, FR135608, LOC. GASA ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>5.250,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74824", "16072")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74824", "TRANSBORDO SANTAL 12 T, ANO 2008, FR88770, LOC. GASA ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>5.250,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74826", "16073")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74826", "QUEBRA LOMBO SERMAG, ANO 2007/2007, FR88909, LOC. GASA")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>3.250,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74827", "16074")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74827", "TRANSBORDO SMR 10500 10 T, ANO 2007, FR123705, LOC. GASA ")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>5.250,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74830", "16077")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74830", "CARRETA ESP.CALC. SOLLUS, ANO 2008, FR88835, LOC. GASA ")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>3.250,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74831", "16078")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74831", "CARRETA ESP.CALC. SOLLUS, ANO 2006,FR103638, LOC. GASA ")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>3.250,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74815", "16079")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74815", "PLANT.CANA AUTOMÁTICA DMB, ANO 2010, FR88897- LOC. GASA")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>4.250,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74825", "16080")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74825", "REBOQUE CAMAQ 7,50 M, C/ TRANSBORDO, ANO 1994/1994, FR121202, LOC. GASA")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74832", "16081")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74832", "ÔNIBUS M.BENZ ONIBUS OF1315, ANO 1991/ 1991, FR81360, LOC. MUNDIAL")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74833", "16082")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74833", "CAMINHÃO VOLVO FM12420 6X4, ANO 2004/2004, FR112223, LOC. MUNDIAL")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>174</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>72.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74936", "16085")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74936", "REBOQUE FACCHINNI 8,00M, ANO 1998/1998, FR 112469- LOC. MUNDIAL ")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>10.250,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74835", "16086")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74835", "CAMINHÃO M.BENZ 2213, ANO 1982/1982, FR91258, LOC. UNIVALEM")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>67</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74850", "16087")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74850", "TRATOR VALMET 785 4X2, ANO 1999, FR81550, LOC. UNIVALEM")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>29.500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74938", "16088")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74938", "REBOQUE TECTRAN, 8,20M , ANO 1996/1996, FR91108, LOC. UNIVALEM ")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>10.250,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74939", "16089")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74939", "TRANSBORDO ATA 12000, 12 T, ANO 2012/ 2012 ,  FR 84799, LOC. UNIVALEM ")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>5.750,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74937", "16091")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74937", "CENTRAL DE AR TEMPMASTER, PATR. 2252, LOC. UNIVALEM ")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74858", "16092")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74858", "TRATOR CASE MX 240 MAGNUM 4X4, ANO 2010, FR91434, LOC. BENALCOOL")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>51</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74946", "16093")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74946", "CARRETA ESP. CALC. SOLLUS, ANO 2008, FR 84909, LOC. BENALCOOL ")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>6.250,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74856", "16094")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74856", "ÔNIBUS M.BENZ ONIBUS OF1315, ANO 1992/1992, FR81353, LOC. BENALCOOL")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>13.250,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74855", "16095")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74855", "CARRETA  DIST.TORTA MULTIFUNC., ANO 2006, FR103845, LOC. BENALCOOL")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>4.250,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74854", "16096")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74854", "PLANT.CANA AUTOMÁTICA DMB, ANO 2012, FR91552, LOC. BENALCOOL")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>5.750,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74853", "16097")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74853", "CAMINHÃO SCANIA R113 6X4, ANO 1995/1995, FR173609, LOC. BENALCOOL")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>115</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>44.750,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74852", "16098")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74852", "TRATOR VALTRA 205I 4X4 HIFLOW, ANO 2009, FR163440, LOC. BENALCOOL")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>95</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>84.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74851", "16099")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74851", "PLANT.CANA AUTOMÁTICA DMB, ANO 2010, FR84707 , LOC. BENALCOOL")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>4.750,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74862", "16100")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74862", "CARRETA DIS.TORTA SPANDER, ANO 2008, FR84914, LOC. BENALCOOL")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>4.750,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74861", "16101")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74861", "CARRETA ESP.CALC. SOLLUS, ANO 2006, FR84868, LOC. BENALCOOL")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>4.250,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74860", "16102")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74860", "CARRETA TORTA DE FILTRO, ANO 2006, FR112754, LOC. BENALCOOL")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74813", "16104")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74813", "PLANT.CANA AUTOMÁTICA DMB, ANO 2010, FR84705, LOC. DESTIVALE")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>4.750,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74814", "16105")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74814", "TRATOR VALTRA BH 210I 4X4, ANO 2014, FR84281, LOC. DESTIVALE")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>117</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>100.500,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75145", "17072")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75145", "3 BETORNEIRAS, SF , LOC. TARUMÃ ")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75093", "17085")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75093", "TRATOR NEW HOLLAND T8295, FR 49560- LOC. IPAUSSU")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>179</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>163.500,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73392", "17101")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73392", "TANQUES INDUSTRIAS DE AÇO INOX DE FILTRO DE CARVÃO ATIVO - LOC. TARUMÃ")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>4.250,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73391", "17102")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73391", "DIVERSOS TANQUES DE FIBRA, SUCATAS ENCANAMENTO, LAVADOR DE PÓ DE AÇUCAR - LOC. MACARAÍ / SP ")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73393", "17103")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73393", "TANQUE DE AÇO CARBONO TROCADOR DE LEITO MISTO MOD, INVENTÁRIO: 169484- LOC. MARACAI ")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>3.250,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73394", "17104")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73394", "3 FREEZER ELETROLUX, 1 REFRIGERADOR GRANDE E TIPO INCUBADORA MOD. TE384 - INVENTÁRIO: 188316 - LOC. MARACAI / SP ")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73396", "17105")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73396", "GERADOR MAUSA, MOD. LD4 1500 KVA 1800RPM NS 2298- INV. 156208- LOC. PARAGUAÇU/ SP ")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>51</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>20.250,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73397", "17106")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73397", "TRANSFORMADORES MOD. TO-15 12 ANO 2010 CAPAC 1000 KW INV. 180002/ MOD  TE500-15 ANO 2010 CAPAC  500KWA INV. 234018 - LOC. PARAGUAÇU/SP ")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>73</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>21.500,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73398", "17107")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73398", "TANQUES DIVERSOS , ENXOFEIRA , PENEIRA DE XAROPE, HELICE TANQUE DESATIVADO - LOC. PARAGUAÇU/ SP  ")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73399", "17108")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73399", "TANQUE DE AÇO CARBONO , CICLONES , VALVULAS ROTATIVAS, FILTROS - LOC. TARUMÃ /SP ")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73400", "17109")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73400", "SISTEMAS ADIABATICOS - LOC. TARUMÃ/ SP ")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>2.550,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73401", "17110")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73401", "REDUTOR RED 1 7 903 MOD. DM F 400,INV. 169672 / REDUTOR INV. 163010- LOC. MARACAI / SP ")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>3.750,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73402", "17111")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73402", "2 TROCADORES DE CALOR- LOC. TARUMÃ/ SP ")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>8.750,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73395", "17112")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73395", "CENTRIFUGA MOD. SCM 30 / INV. 164171 -  LOC. MARACAI / SP ")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73403", "17113")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73403", " 3 MANCAIS CASTILHO , 2  TANQUES DE AÇO OBS. SUCATAS, 1000X2000 - LOC. TARUMÃ / SP ")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>7.250,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73408", "17114")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73408", " EXAUSTOR , BALANÇA, DETECTOR DE METAIS, BEBEDOURO, VALVULAS DIVERSAS - LOC. TARUMÃ/SP ")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>4.750,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73413", "17118")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73413", "RESFRIADORA DE AR UR F16 200 RT , INV. 159252, E COMPRESSOR DE AR VASO DE PRESSÃO INV.178476- LOC. TARUMÃ/SP ")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>99</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>27.750,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73414", "17119")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73414", "2 PRENSAS + ESTRUTURA METALICA - LOC. TARUMÃ/ SP ")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74600", "17121")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74600", "CARRETINHA REB. INDYCAR TRI - MOTOS, FR 48260 - LOC. IPAUSSU ")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74601", "17122")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74601", "HIDROROL METALMAG (ROLÃO) FR 48180 , LOC. IPAUSSU ")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>85</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>33.000,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74603", "17123")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74603", "HIDROROL METALMAG ( ROLÃO) FR 48181, LOC. IPAUSSU ")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>21.500,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74604", "17124")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74604", "ARADO REVERSIVEL, FR 48116 , LOC. IPAUSSU ")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>15.750,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74605", "17125")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74605", "SULCADOR E ADUBADEIRA JM3520SH JUMIL, FR 48118/103284 , LOC. IPAUSSU ")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74628", "17127")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74628", "ARADO , ANO 2006 , FR 48115 - LOC. IPAUSSU ")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74629", "17128")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74629", "ARADO , ANO 2006, FR 122243, LOC. IPAUSSU ")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>15.750,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75094", "17129")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75094", "CARRETA DE TORTA DE FILTRO, FR 48090, LOC. IPAUSSU ")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>10.250,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75095", "17130")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75095", "CARRETA DE TORTA DE FILTRO , FR 48128, LOC. IPAUSSU ")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75096", "17131")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75096", "CARRETA SERVIÇOS DIVERSOS, SF, LOC. IPAUSSU ")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75092", "17132")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75092", "REB. C/ COMPRESSOR E CAIXAS, FR 48405/49790, LOC. IPAUSSU ")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>5.250,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75084", "17134")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75084", "SUCATA MISTA ELETRICA/ELETRONICA, AR CONDICIONADO E OUTROS - LOC. IPAUSSU ")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>86</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>8.550,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75097", "17135")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75097", "2 CALDEIRAS COZINHA INDUSTRIAL, SF , LOC. IPAUSSU ")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>1.150,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75098", "17136")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75098", "SUCATA DIVERSAS- BORRACHAS, PIAS E VASOS , SF , LOC. IPAUSSU ")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75140", "17137")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75140", "TURBINA ANO 2008, MOTOR DE INDUÇÃO 221 KM ARM. 400V 597 A20, 1500 RPM- LOC. PARAGUAÇU / SP")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>5.950,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75099", "17138")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75099", "APROX. 45 MOTORES ELETRICOS, SUCATAS ELETRICA/ ELETR. ( OBS. AS CAÇAMBAS NÃO FAZEM PARTE DO LOTE ) -LOC. PARAGUAÇU / SP ")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>72</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>39.000,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75143", "17139")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75143", "APROX. 32 RODETES DE MOENDA, PESO ESTIMADO GRANDE 4.000 KG, PEQUENO 2.000 KG, SF, LOC. MARACAI ")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>117</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>149.000,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74967", "18047")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74967", "QUEBRA LOMBO DMB, ANO 2008 , FR 163755, LOC. JATAI")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74968", "18048")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74968", "QUEBRA LOMBO DMB, ANO 2008 , FR 163756, LOC. JATAI")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74969", "18049")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74969", "SUBSOLADOR ARADO ( STARA) ANO 2008, FR 165231, LOC. JATAI ")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74970", "18050")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74970", "SULCADOR 3 LINHAS DMB, ANO 2008, FR 165253, LOC. JATAI ")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>3.400,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74971", "18051")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74971", "SULCADOR 3 LINHAS DMB, ANO 2008, FR 165254, LOC. JATAI ")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74972", "18052")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74972", "SULCADOR 3 LINHAS DMB, ANO 2008, FR 165255, LOC. JATAI ")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74973", "18053")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74973", "COBRIDOR 3 LINHAS DMB, ANO 2008 , FR 165261, LOC. JATAI ")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>5.350,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74974", "18054")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74974", "COBRIDOR 3 LINHAS DMB, ANO 2008 , FR 165262, LOC. JATAI ")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>51</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>5.950,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74975", "18055")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74975", "SULCADOR 3 LINHAS DMB, ANO 2008,FR 165267, LOC. JATAI ")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>51</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74976", "18056")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74976", "SUPER CULTIVADOR ADUBADE DMB, ANO 2008 , FR 165271, LOC. JATAI ")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74977", "18057")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74977", "ARADO IKEDA , ANO 2008, FR 165280, LOC. JATAI ")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74978", "18058")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74978", "IMPLEM. ARADO, ANO 2008, FR 165283, LOC. JATAI ")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74979", "18059")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74979", "IMPLEM. ARADO, ANO 2008, FR 165284, LOC. JATAI ")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74980", "18060")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74980", "SUPER CULTIV. ADUBADE DMB, ANO 2009, FR 165291,  LOC. JATAI ")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>52</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>6.800,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74981", "18061")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74981", "TRITON TRIMAX 4.500, ANO 2009 , FR 165295, LOC. JATAI ")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74983", "18062")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74983", "TRITON TRIMAX 4.500, ANO 2009 , FR 165296, LOC. JATAI ")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74985", "18063")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74985", "DISTRIBUIDOR DE ADUBO DE ARRASTO, ANO 2011, FR 165330, LOC. JATAI ")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74986", "18064")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74986", "DISTRIBUIDOR DE ADUBO DE ARRASTO, ANO 2011, FR 165331, LOC. JATAI ")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74988", "18065")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74988", "DISTRIBUIDOR DE ADUBO DE ARRASTO, ANO 2011, FR 165332, LOC. JATAI ")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74989", "18066")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74989", "COBRIDOR 3 LINHAS DMB, ANO 2011, FR 165333, LOC. JATAI ")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>61</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>6.950,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74990", "18067")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74990", "COBRIDOR 3 LINHAS DMB, ANO 2011 , FR 165334, LOC. JATAI ")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>3.600,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74991", "18068")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74991", "SULCADOR , ANO 2004,  FR 57193,  LOC. JATAI ")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74965", "18069")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74965", "IMPLEMENTO COBRIDOR, ANO 2000, FR 103472, LOC. JATAI ")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74966", "18070")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74966", "QUEBRA LOMBO DMB, ANO 2008, FR 163753 , LOC. JATAI ")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>4.900,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75018", "20217")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75018", "ENFARDADEIRA , ANO 2015, FR 57088, LOC.COSTA PINTO")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75011", "20225")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75011", "CARRETA ABRIGO FAB.PRÓPR. ANO 2010, FR 57136 -LOC. COSTA PINTO")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75022", "20270")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75022", "REBOQUE 4E SERGOMEL 12,50 M, ANO 2014, FR 17237 , LOC. COSTA PINTO ")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>63</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>38.000,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75023", "20271")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75023", "REBOQUE 4E SERGOMEL 12,50 M, ANO 2014, FR 17239, LOC. Costa Pinto ")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>78</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>46.500,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75019", "20303")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75019", "HIDROROL MARCA METALMAG, ANO 2007, FR 57268, LOC. COSTA PINTO ")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75016", "20318")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75016", "CARRETA DE SERV. DIVERSOS, ANO 2011, FR 57301, LOC. COSTA PINTO ")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75013", "20335")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75013", "CARRETA ESP. CALCARIO SOLLUS,  FR 57239 LOC. Costa Pinto ")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>3.750,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75014", "20349")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75014", "CARRETA ESPALHA TORTA FILTRO , FR 25434, LOC. Costa Pinto ")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75015", "20361")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75015", "CARRETA TRANS.TUBOS RAESA , FR 57226, LOC. Costa Pinto ")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>2.150,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75012", "20363")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75012", "CARRETA ABRIGO FAB.PRÓPR., FR 57178, LOC. Costa Pinto")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75133", "20374")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75133", "PLANTADORA DE CANA , FR 134070, LOC. COSTA PINTO")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75132", "20375")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75132", "MITSUBISHI PAJERO TR4 4X4 , ANO 2004/2004, FR 118879, ( BILNDADA ) MOTOR/ CAMBIO/ OUTROS C/ DEFEITO - NÃO FUNCIONA LOC. COSTA PINTO ")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>13.500,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75136", "20376")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75136", "CARRETA ABRIGO OPERAD. RSA, FR 139428, LOC. COSTA PINTO ")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>7.750,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75165", "20377")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75165", "CARRETA ABRIGO OPERAD. ECOAGRO S/ DOCUMENTO, ANO 2015, FR 57356, LOC. COSTA PINTO ")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75021", "20378")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75021", "PLANTADORA CANA ATA PCP 1102, ANO 2012, FR 37060, LOC. Costa Pinto ")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...73 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75134", "20379")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75134", "ONIBUS M.BENZ ONIBUS OF1318, ANO 1991/1991, FR 139219,  LOC. COSTA PINTO")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75157", "20380")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75157", "TRANSBORDO SANTAL 12 T, ANO 2014, FR57334 , LOC. COSTA PINTO ")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75148", "20381")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75148", "MOTO BOMBA OM 352, FR 50004, LOC. COSTA PINTO ")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>5.250,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75154", "20382")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75154", "SUBSOLADOR , FR 57310 , LOC. COSTA PINTO ")</f>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>46</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75025", "20383")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75025", "SULCADOR DMB 3 LINHAS, COR AMARELA, ANO 2008, FR 48042, LOC. Costa Pinto ")</f>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75151", "20384")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75151", "ENFARDADEIRA , ANO 2015, 57089, LOC. COSTA PINTO ")</f>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t>8.750,00</t>
+        </is>
+      </c>
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75149", "20385")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75149", "TRANSBORDO SERMAG, ANO 2009, FR 55039, LOC. COSTA PINTO ")</f>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F135" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75135", "20386")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75135", "TRANSBORDO ANTONIOSI ATA 12000 12T , FR 139246, LOC. COSTA PINTO")</f>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D136" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F136" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75162", "20387")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75162", "TRANSBORDO SANTAL 12T , ANO 2014, FR 57346, LOC. COSTA PINTO")</f>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D137" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t>4.250,00</t>
+        </is>
+      </c>
+      <c r="F137" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75160", "20388")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75160", "TRANSBORDO SANTAL 12T , ANO 2014, FR 57342, LOC. COSTA PINTO")</f>
+      </c>
+      <c r="C138" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D138" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D14" s="4" t="inlineStr">
+      <c r="E138" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F138" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75156", "20389")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75156", "TRANSBORDO SANTAL 12T , ANO 2014, FR 57333, LOC. COSTA PINTO")</f>
+      </c>
+      <c r="C139" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D139" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E139" s="5" t="inlineStr">
+        <is>
+          <t>6.750,00</t>
+        </is>
+      </c>
+      <c r="F139" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75159", "20390")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75159", "TRANSBORDO SANTAL 12 T, ANO 2014, FR57338, LOC. COSTA PINTO")</f>
+      </c>
+      <c r="C140" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D140" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
+        <is>
+          <t>7.250,00</t>
+        </is>
+      </c>
+      <c r="F140" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75155", "20391")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75155", "TRANSBORDO SANTAL 12 T, ANO 2014, FR 57332, LOC. COSTA PINTO ")</f>
+      </c>
+      <c r="C141" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D141" s="4" t="inlineStr">
+        <is>
+          <t>65</t>
+        </is>
+      </c>
+      <c r="E141" s="5" t="inlineStr">
+        <is>
+          <t>19.750,00</t>
+        </is>
+      </c>
+      <c r="F141" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75161", "20392")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75161", "TRANSBORDO SANTAL 12T , ANO 2014, FR 57344, LOC. COSTA PINTO")</f>
+      </c>
+      <c r="C142" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D142" s="4" t="inlineStr">
+        <is>
+          <t>59</t>
+        </is>
+      </c>
+      <c r="E142" s="5" t="inlineStr">
+        <is>
+          <t>18.250,00</t>
+        </is>
+      </c>
+      <c r="F142" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75163", "20393")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75163", "TRANSBORDO SANTAL 12T , ANO 2014, FR 57351, LOC. COSTA PINTO")</f>
+      </c>
+      <c r="C143" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D143" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E143" s="5" t="inlineStr">
+        <is>
+          <t>3.750,00</t>
+        </is>
+      </c>
+      <c r="F143" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75164", "20394")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75164", "TRANSBORDO SANTAL 12T , ANO 2014, FR 57352, LOC. COSTA PINTO")</f>
+      </c>
+      <c r="C144" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D144" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E144" s="5" t="inlineStr">
+        <is>
+          <t>3.750,00</t>
+        </is>
+      </c>
+      <c r="F144" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75167", "20395")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75167", "TRANSBORDO ANTONIOSI ATA 12000 12T ,ANO 2010, FR 68042, LOC. COSTA PINTO")</f>
+      </c>
+      <c r="C145" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D145" s="4" t="inlineStr">
+        <is>
+          <t>53</t>
+        </is>
+      </c>
+      <c r="E145" s="5" t="inlineStr">
+        <is>
+          <t>16.750,00</t>
+        </is>
+      </c>
+      <c r="F145" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75158", "20396")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75158", "TRANSBORDO SANTAL 12 T, ANO 2014, FR57337, LOC. COSTA PINTO ")</f>
+      </c>
+      <c r="C146" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D146" s="4" t="inlineStr">
+        <is>
+          <t>46</t>
+        </is>
+      </c>
+      <c r="E146" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F146" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75152", "20397")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75152", "TRANSBORDO ANTONIOSI ATA 12000 12T , FR 57174, LOC. COSTA PINTO")</f>
+      </c>
+      <c r="C147" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D147" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E147" s="5" t="inlineStr">
+        <is>
+          <t>7.250,00</t>
+        </is>
+      </c>
+      <c r="F147" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75153", "20398")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75153", "TRITURADOR DE PALHA VICON, FR 57273, LOC. COSTA PINTO ")</f>
+      </c>
+      <c r="C148" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D148" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E148" s="5" t="inlineStr">
+        <is>
+          <t>3.750,00</t>
+        </is>
+      </c>
+      <c r="F148" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75166", "20399")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75166", "SEPARADOR ELETRO IMASECO 1300X813X300 MM,  FR 57361, LOC. COSTA PINTO ")</f>
+      </c>
+      <c r="C149" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D149" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E149" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F149" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75168", "20400")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75168", "CARRETA ABRIGO FAB.PRÓPR. S/F  -LOC. COSTA PINTO")</f>
+      </c>
+      <c r="C150" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D150" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E150" s="5" t="inlineStr">
+        <is>
+          <t>2.050,00</t>
+        </is>
+      </c>
+      <c r="F150" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75169", "20401")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75169", "ENLEIRADEIRA , FR 67168, LOC. COSTA PINTO ")</f>
+      </c>
+      <c r="C151" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D151" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E151" s="5" t="inlineStr">
+        <is>
+          <t>3.550,00</t>
+        </is>
+      </c>
+      <c r="F151" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75170", "20402")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75170", "TERRACEADOR , FR 38203, LOC. COSTA PINTO ")</f>
+      </c>
+      <c r="C152" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D152" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E152" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F152" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75433", "20403")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75433", "TRANSFORMADOR DE TENSAO A OLEO POT 225 KVA MAG T3.,PATR. 176571- LOC. COSTA PINTO ")</f>
+      </c>
+      <c r="C153" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D153" s="4" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="E153" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F153" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75434", "20404")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75434", "TRANSFORMADOR DE TENSAO A OLEO POT 150 KVA Q-LUZ, PATR. 187351, LOC. COSTA PINTO ")</f>
+      </c>
+      <c r="C154" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D154" s="4" t="inlineStr">
+        <is>
+          <t>40</t>
+        </is>
+      </c>
+      <c r="E154" s="5" t="inlineStr">
+        <is>
+          <t>5.300,00</t>
+        </is>
+      </c>
+      <c r="F154" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75435", "20405")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75435", "TRANSF TENSAO DEDINI 225 KVA, PATR. 187362, LOC. COSTA PINTO ")</f>
+      </c>
+      <c r="C155" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D155" s="4" t="inlineStr">
         <is>
           <t>56</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
-[...2308 lines deleted...]
-      <c r="F86" s="4" t="inlineStr">
+      <c r="E155" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F155" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
+      <c r="A156" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75436", "20406")</f>
+      </c>
+      <c r="B156" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75436", "Transformador a Óleo 15kVA, PATR. 187372, LOC. COSTA PINTO ")</f>
+      </c>
+      <c r="C156" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D156" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E156" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F156" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-[...121 lines deleted...]
-      <c r="F90" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
+      <c r="A157" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75437", "20407")</f>
+      </c>
+      <c r="B157" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75437", "TRANSF TENSAO DEDINI 300KVA T300-136, PATR.187375, LOC. COSTA PINTO ")</f>
+      </c>
+      <c r="C157" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D157" s="4" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="E157" s="5" t="inlineStr">
+        <is>
+          <t>9.200,00</t>
+        </is>
+      </c>
+      <c r="F157" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
+      <c r="A158" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75438", "20408")</f>
+      </c>
+      <c r="B158" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75438", "TRANSFORMADOR DE POTENCIA 145KV, PATR. 206674, LOC. COSTA PINTO ")</f>
+      </c>
+      <c r="C158" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D158" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E158" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F158" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-[...25 lines deleted...]
-      <c r="F91" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
+      <c r="A159" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75439", "20409")</f>
+      </c>
+      <c r="B159" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75439", "TRANSFORMADOR DE TENSAO A OLEO POT 150 KVA Q-LUZ, PATR. 187360- LOC. COSTA PINTO ")</f>
+      </c>
+      <c r="C159" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D159" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E159" s="5" t="inlineStr">
+        <is>
+          <t>2.800,00</t>
+        </is>
+      </c>
+      <c r="F159" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-[...25 lines deleted...]
-      <c r="F92" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
+      <c r="A160" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75440", "20410")</f>
+      </c>
+      <c r="B160" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75440", "Transformador a Óleo 30kVA, S/ PATR., LOC. COSTA PINTO ")</f>
+      </c>
+      <c r="C160" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D160" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E160" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F160" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
-[...2174 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
-      <c r="A161" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A161" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75399", "24355")</f>
+      </c>
+      <c r="B161" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75399", " R/RANDON SR CT PRANCHA SEMI-REBOQUE 2 EIXOS 26T 1000X20, ANO 2010/2011, FR59905, UND BOM RETIRO")</f>
       </c>
       <c r="C161" s="4" t="inlineStr">
         <is>
           <t>Venda condicional</t>
         </is>
       </c>
       <c r="D161" s="4" t="inlineStr">
         <is>
           <t>56</t>
         </is>
       </c>
       <c r="E161" s="5" t="inlineStr">
         <is>
           <t>80.000,00</t>
         </is>
       </c>
       <c r="F161" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>