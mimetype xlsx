--- v0 (2025-12-25)
+++ v1 (2026-03-28)
@@ -269,6555 +269,5739 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73897", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73897", "[ VÍDEO ] Central dosadora de concreto com células de carga funcionando, eixo para cimento funcionando.")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>65.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74103", "003")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74103", "ANEL ARO 14 EM OURO 18K (750/1000). COM 1 SAFIRA E 4 DIAMANTES. COM GARANTIA. ORIGINAL VIVARA")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>1.300,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73898", "004")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73898", "BALCÃO")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73899", "005")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73899", "[ VÍDEO ] CRISTALEIRA")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75316", "006")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75316", "Máquina de Costura Industrial Brother reta. Funcionando.")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75317", "007")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75317", "Máquina de Costura Industrial 2 ponteiras. Marca Juk Pan")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73869", "011")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73869", "Lote com aprox. 47.000 unidades de CABIDES")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>9.250,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73870", "012")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73870", "Lote com aprox. 16.000 unidades de CABIDES")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>13.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73875", "013")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73875", "Lote com aprox. 2.000 unidades de CABIDES")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>2.800,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73874", "014")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73874", "Aprox. 20 Tambores contendo Ferro Dextrano 10% (aprox. 600,00 kg)")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73884", "020")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73884", " Máquina filmadora Yashica mod. 8 E")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73883", "021")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73883", " Máquina de escrever. Anos 30. Olivetti ")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73885", "022")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73885", "[ VÍDEO ] Caixa Registradora. Anos 30. Amount Purchased")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>4.200,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73887", "023")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73887", " 04 faróis Cilibrim  GE")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73886", "024")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73886", " 01 farol de Ford. Ano 29. 6 Volts")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73888", "025")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73888", "Cristaleira de mogno. Década de 1940")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73889", "026")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73889", " Lote de Moedas antigas: Espanha, Chile, Portugal e Brasil, moedas de prata, bronze e outras")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73890", "027")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73890", "APROX. 37 UN  DE MOEDAS/ DINHEIRO ANTIGO (ver especificações)")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73882", "030")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73882", "Equipamentos diversos: 01 máquina de escrever, 01 aparelho de fax, 01 aparelho de som,  02 crossovers, 02 equalizadores e 03 aparelhos de MD")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73881", "031")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73881", "Transformador  trifásico - 380 voltz - 75 KVA")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74118", "101")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74118", " MINIATURA DE PORSCHE 928 ESTRELA; ESCALA 1/18")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>180,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74120", "102")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74120", " MINIATURA DE MERCEDES-BENZ CLK-GTR; ESCALA 1/18")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>199,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74133", "103")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74133", " MINIATURA DE MERCEDES-BENZ C-CLASS DTM; ESCALA 1/18")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>185,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74125", "104")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74125", " MINIATURA DE MERCEDES-BENZ 190SL (1955); ESCALA 1/18")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>240,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74129", "105")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74129", " MINIATURA DE PORSCHE 911 SPEEDSTER (1989); ESCALA 1/18")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74123", "109")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74123", " MINIATURA DE BMW ROADSTER (1996); ESCALA 1/18")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>199,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74130", "112")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74130", " MINIATURA DE PORSCHE 911 GT1; ESCALA 1/18")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>199,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74135", "113")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74135", " MINIATURA DE CAYMAN S; ESCALA 1/24")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>140,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74121", "115")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74121", " MINIATURA DE CHEVROLET NOVA SS (1970); ESCALA 1/24")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>140,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74134", "116")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74134", " MINIATURA DE FORD MUSTANG 1/2 (1964); ESCALA 1/24")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>80,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74136", "117")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74136", " MINIATURA DE PORSCHE 911 GT3 RS (1997); ESCALA 1/24")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>140,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74138", "121")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74138", " MINIATURA DE MASERATI GRAN TURISMO; ESCALA 1/24")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>140,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74128", "122")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74128", " MINIATURA DE CORVETTE 2002; ESCALA 1/24")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>140,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74127", "123")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74127", " MINIATURA DE FORD GT; ESCALA 1/24")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>140,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74119", "124")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74119", " MINIATURA DE LAMBORGHINI MURCIÉLAGO LP640; ESCALA 1/24")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>140,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74137", "126")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74137", " MINIATURA DE CHEVROLET CAMARO (2010); ESCALA 1/24")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>140,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74124", "127")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74124", " MINIATURA DE CORVETTE STINGRAY (2014); ESCALA 1/24")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>140,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74131", "128")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74131", " MINIATURA DE CARRO ANTIGO METÁLICO")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>199,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74126", "131")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74126", " MINIATURA DE CARRO COM TRAILER")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>280,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74139", "135")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74139", " MINIATURA DE ÔNIBUS ESCOLAR")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>199,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74141", "138")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74141", " MINIATURA DE CHARRETE")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>120,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74140", "140")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74140", " MINIATURA DE CHARRETE")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>80,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74142", "141")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74142", " MINIATURA DE CHARRETE")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>80,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74146", "142")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74146", " MINIATURA DE CARRUAGEM")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>140,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74149", "143")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74149", " MINIATURA DE CHARRETE")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>80,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74144", "144")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74144", " MINIATURA DE CARRO DE BOI")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>120,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74145", "145")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74145", " MINIATURA DE CARRO DE BOI")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>120,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74143", "146")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74143", " ESTATUETA DE CAVALO")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>280,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74147", "147")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74147", " ESTATUETA DE CENÁRIO")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74148", "148")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74148", " ESTATUETA DE CANHÃO")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>380,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74151", "149")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74151", " 5 GUITARRAS S/ FIO P/ GAMES")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74150", "150")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74150", " JARRO METÁLICO")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75207", "151")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75207", " MINIATURA DE CHARRETE; DIMENSÕES: 60x19x27 CM")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>140,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75208", "152")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75208", " MINIATURA DE CARRO DE BOI; DIMENSÕES: 47x20x15 CM")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>120,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75210", "153")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75210", " MINIATURA DE CHARRETE; DIMENSÕES: 33x14x25 CM")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75209", "154")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75209", " MINIATURA DE CHARRETE; DIMENSÕES: 47x20x24 CM")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75211", "155")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75211", " MINIATURA DE CHARRETE; DIMENSÕES: 44x20x23 CM")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75212", "156")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75212", " MINIATURA DE CHARRETE; DIMENSÕES: 58x20x22 CM")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>180,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75214", "157")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75214", " MINIATURA DE CHARRETE; DIMENSÕES: 40x20x25 CM")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>120,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75213", "158")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75213", " MINIATURA DE CARRUAGEM; DIMENSÕES: 37x19x20 CM")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>140,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75215", "159")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75215", " MINIATURA DE CHARRETE; DIMENSÕES: 73x20x30 CM")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>140,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75216", "160")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75216", " MINIATURA DE CARRO DE BOI; DIMENSÕES: 48x25x15 CM")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>140,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75219", "161")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75219", " MINIATURA DE MINI-CIDADE; DIMENSÕES: 36x28x32 CM")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>180,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75218", "162")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75218", " MINIATURA DE CHARRETE; DIMENSÕES: 39x18x24 CM")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>120,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75217", "163")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75217", " MINIATURA DE CARRUAGEM; DIMENSÕES: 46x14x22 CM")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>140,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75222", "164")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75222", " MINIATURA DE CHARRETE; DIMENSÕES: 51x25x35 CM")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75220", "165")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75220", " MINIATURA DE CHARRETE; DIMENSÕES: 35x16x28 CM")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75221", "166")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75221", " RELÓGIO DE PAREDE")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>280,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75227", "167")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75227", " RELÓGIO DE PAREDE")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75230", "168")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75230", " RELÓGIO DE PAREDE")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75228", "169")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75228", " RELÓGIO DE PAREDE")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75223", "170")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75223", " ÓRGÃO ELÉTRICO HERING")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>170,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75225", "171")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75225", " MINIATURA DE MOTO METÁLICA")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75229", "172")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75229", " MINIATURA DE MOTO METÁLICA")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75226", "173")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75226", " MINIATURA DE MOTO METÁLICA")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75224", "174")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75224", " MINIATURA DE MOTO METÁLICA")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75231", "175")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75231", " MINIATURA DE MOTO METÁLICA")</f>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75236", "176")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75236", " MINIATURA DE MOTO METÁLICA")</f>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
-      <c r="A89" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75233", "177")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75233", " MINIATURA DE TRATOR METÁLICO")</f>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-      <c r="A90" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75235", "178")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75235", " MINIATURA DE JIPE METÁLICO")</f>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>140,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-      <c r="A91" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75234", "179")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75234", " MINIATURA DE CARRO ANTIGO METÁLICO")</f>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75232", "180")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75232", " MINIATURA DE CARRO ANTIGO METÁLICO")</f>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>280,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
-      <c r="A93" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75239", "181")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75239", " MINIATURA DE RETROESCAVADEIRA")</f>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>280,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75237", "182")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75237", " MINIATURA DE CAMINHÃO MB C/ ESCAVADEIRA")</f>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-      <c r="A95" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75238", "183")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75238", " MINIATURA DE FORD F100 (1953); ESCALA 1/18")</f>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
-      <c r="A96" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75243", "184")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75243", " MINIATURA DE FORD F100 (1953); ESCALA 1/18")</f>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
-      <c r="A97" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75242", "185")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75242", " MINIATURA DE 5 VIATURAS DIVERSAS")</f>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
-      <c r="A98" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75240", "186")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75240", " MINIATURA DE 5 VIATURAS DIVERSAS")</f>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
-      <c r="A99" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75241", "187")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75241", " MINIATURA DE 5 VIATURAS DIVERSAS")</f>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
-      <c r="A100" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75252", "188")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75252", " MINIATURA DE 5 VIATURAS DIVERSAS")</f>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
-      <c r="A101" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75253", "189")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75253", " MINIATURA DE 5 VIATURAS DIVERSAS")</f>
       </c>
       <c r="C101" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
-      <c r="A102" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75282", "190")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75282", " MINIATURA DE 4 VIATURAS DIVERSAS")</f>
       </c>
       <c r="C102" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t>280,00</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
-      <c r="A103" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75250", "191")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75250", " MINIATURA DE FORD F100 (1953); ESCALA 1/18")</f>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
-      <c r="A104" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75247", "192")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75247", " MINIATURA DE CHEVY CAMARO SS (2010); ESCALA 1/18")</f>
       </c>
       <c r="C104" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
-      <c r="A105" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75248", "193")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75248", " MINIATURA DE FORD MUSTANG BOSS (1970); ESCALA 1/18")</f>
       </c>
       <c r="C105" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D105" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F105" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
-      <c r="A106" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75245", "194")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75245", " MINIATURA DE VIATURA DE BOMBEIRO EM PLÁSTICO")</f>
       </c>
       <c r="C106" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D106" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F106" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
-      <c r="A107" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75244", "195")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75244", " MINIATURA DE VIATURA DE BOMBEIRO EM PLÁSTICO (S/ 1 PORTA E S/BONECO)")</f>
       </c>
       <c r="C107" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D107" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
-      <c r="A108" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75249", "196")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75249", " MINIATURA DE VIATURA DE POLÍCIA EM PLÁSTICO")</f>
       </c>
       <c r="C108" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D108" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
-      <c r="A109" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75246", "197")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75246", " MINIATURA DE 5 CARROS DE F1")</f>
       </c>
       <c r="C109" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D109" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
-      <c r="A110" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75251", "198")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75251", " MINIATURA DE CAMPO DE TREINO DO EXÉRCITO")</f>
       </c>
       <c r="C110" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D110" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E110" s="5" t="inlineStr">
         <is>
           <t>75,00</t>
         </is>
       </c>
       <c r="F110" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
-      <c r="A111" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75254", "199")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75254", " MINIATURA DE VIATURA DE BOMBEIRO METÁLICO")</f>
       </c>
       <c r="C111" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D111" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E111" s="5" t="inlineStr">
         <is>
           <t>199,00</t>
         </is>
       </c>
       <c r="F111" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
-      <c r="A112" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75255", "200")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75255", " MINIATURA DE VIATURA DE BOMBEIRO METÁLICO")</f>
       </c>
       <c r="C112" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D112" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E112" s="5" t="inlineStr">
         <is>
           <t>199,00</t>
         </is>
       </c>
       <c r="F112" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
-      <c r="A113" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75256", "201")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75256", " MINIATURA DE VIATURA DE BOMBEIRO METÁLICO")</f>
       </c>
       <c r="C113" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D113" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E113" s="5" t="inlineStr">
         <is>
           <t>199,00</t>
         </is>
       </c>
       <c r="F113" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
-      <c r="A114" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75257", "202")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75257", " MINIATURA DE HELICÓPTERO METÁLICO")</f>
       </c>
       <c r="C114" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D114" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E114" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F114" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
-      <c r="A115" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75266", "203")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75266", " 4 TELEFONES FIXO ERICSSON")</f>
       </c>
       <c r="C115" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D115" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E115" s="5" t="inlineStr">
         <is>
           <t>199,00</t>
         </is>
       </c>
       <c r="F115" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
-      <c r="A116" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75263", "204")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75263", " MINIATURA DO CAMINHÃO DO SPEED RACER")</f>
       </c>
       <c r="C116" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D116" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E116" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F116" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
-      <c r="A117" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75277", "205")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75277", " MINIATURA DE VIATURA DE BOMBEIRO C/ CONTROLE")</f>
       </c>
       <c r="C117" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D117" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E117" s="5" t="inlineStr">
         <is>
           <t>680,00</t>
         </is>
       </c>
       <c r="F117" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
-      <c r="A118" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75259", "206")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75259", " MINIATURA DE DOM'S CHEVY FLEETLINE")</f>
       </c>
       <c r="C118" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D118" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E118" s="5" t="inlineStr">
         <is>
           <t>180,00</t>
         </is>
       </c>
       <c r="F118" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
-      <c r="A119" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75258", "207")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75258", " MINIATURA DE BMW 850i (1990); ESCALA 1/18")</f>
       </c>
       <c r="C119" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D119" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E119" s="5" t="inlineStr">
         <is>
           <t>290,00</t>
         </is>
       </c>
       <c r="F119" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
-      <c r="A120" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75265", "208")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75265", " MINIATURA DE MB SSK (1928); ESCALA 1/24")</f>
       </c>
       <c r="C120" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D120" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E120" s="5" t="inlineStr">
         <is>
           <t>290,00</t>
         </is>
       </c>
       <c r="F120" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
-      <c r="A121" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75267", "209")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75267", " MINIATURA DE MB MCLAREN; ESCALA 1/18")</f>
       </c>
       <c r="C121" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D121" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E121" s="5" t="inlineStr">
         <is>
           <t>680,00</t>
         </is>
       </c>
       <c r="F121" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
-      <c r="A122" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75261", "210")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75261", " MINIATURA DE DODGE RAM PICKUP (1995); ESCALA 1/24")</f>
       </c>
       <c r="C122" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D122" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E122" s="5" t="inlineStr">
         <is>
           <t>199,00</t>
         </is>
       </c>
       <c r="F122" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
-      <c r="A123" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75268", "211")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75268", " MINIATURA DE DODGE CHARGER (1969); ESCALA 1/25")</f>
       </c>
       <c r="C123" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D123" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E123" s="5" t="inlineStr">
         <is>
           <t>199,00</t>
         </is>
       </c>
       <c r="F123" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
-      <c r="A124" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75262", "212")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75262", " MINIATURA DE LETTY'S CHEVY CORVETTE")</f>
       </c>
       <c r="C124" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D124" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E124" s="5" t="inlineStr">
         <is>
           <t>199,00</t>
         </is>
       </c>
       <c r="F124" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
-      <c r="A125" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75264", "213")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75264", " MINIATURA DE INDYCAR PENSKE; ESCALA 1/18")</f>
       </c>
       <c r="C125" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D125" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E125" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F125" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
-      <c r="A126" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75260", "214")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75260", " MINIATURA DE VW KOMBI T1 (1963); ESCALA 1/24")</f>
       </c>
       <c r="C126" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D126" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E126" s="5" t="inlineStr">
         <is>
           <t>199,00</t>
         </is>
       </c>
       <c r="F126" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
-      <c r="A127" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75271", "215")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75271", " MINIATURA DE VW KOMBI T2 (1972); ESCALA 1/24")</f>
       </c>
       <c r="C127" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D127" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E127" s="5" t="inlineStr">
         <is>
           <t>199,00</t>
         </is>
       </c>
       <c r="F127" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
-      <c r="A128" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75272", "216")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75272", " MINIATURA DE CAMINHÃO MAN TGX; ESCALA 1/32")</f>
       </c>
       <c r="C128" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D128" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E128" s="5" t="inlineStr">
         <is>
           <t>180,00</t>
         </is>
       </c>
       <c r="F128" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
-      <c r="A129" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75269", "217")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75269", " MINIATURA DE CHEVROLET SSR (2000); ESCALA 1/18")</f>
       </c>
       <c r="C129" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D129" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E129" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F129" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
-      <c r="A130" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75275", "218")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75275", " MINIATURA DE FERRARI 456 GT (1992); ESCALA 1/18")</f>
       </c>
       <c r="C130" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D130" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E130" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F130" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
-      <c r="A131" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75278", "219")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75278", " MINIATURA DE CHRYSLER LEBARON (1979); ESCALA 1/24")</f>
       </c>
       <c r="C131" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D131" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E131" s="5" t="inlineStr">
         <is>
           <t>180,00</t>
         </is>
       </c>
       <c r="F131" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
-      <c r="A132" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75273", "220")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75273", " MINIATURA DE FERRARI F50; ESCALA 1/18")</f>
       </c>
       <c r="C132" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D132" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E132" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F132" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
-      <c r="A133" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75270", "221")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75270", " MINIATURA DE CHEVY CAMARO (1985); ESCALA 1/24")</f>
       </c>
       <c r="C133" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D133" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E133" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F133" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
-      <c r="A134" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75274", "222")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75274", " MINIATURA DE DODGE CHARGER (1969); ESCALA 1/24")</f>
       </c>
       <c r="C134" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D134" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E134" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F134" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
-      <c r="A135" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75276", "223")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75276", " MINIATURA DE DODGE CORONET (1969); ESCALA 1/24")</f>
       </c>
       <c r="C135" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D135" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E135" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F135" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
-      <c r="A136" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75280", "224")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75280", " MINIATURA DE FORD PICKUP (1940); ESCALA 1/24")</f>
       </c>
       <c r="C136" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D136" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E136" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F136" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
-      <c r="A137" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75281", "225")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75281", " MINIATURA DE FORD F100 (1956); ESCALA 1/24")</f>
       </c>
       <c r="C137" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D137" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E137" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F137" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
-      <c r="A138" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75279", "226")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75279", " MINIATURA DE CHEVROLET PICKUP (1953); ESCALA 1/24")</f>
       </c>
       <c r="C138" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D138" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E138" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F138" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
-      <c r="A139" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75285", "227")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75285", " MINIATURA DE FORD SEDAN (1940); ESCALA 1/24")</f>
       </c>
       <c r="C139" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D139" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E139" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F139" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
-      <c r="A140" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75287", "228")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75287", " MINIATURA DE FORD MUSTANG BOSS (1970); ESCALA 1/24")</f>
       </c>
       <c r="C140" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D140" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E140" s="5" t="inlineStr">
         <is>
           <t>199,00</t>
         </is>
       </c>
       <c r="F140" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
-      <c r="A141" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75286", "229")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75286", " MINIATURA DE TRATOR MF 6350 HP")</f>
       </c>
       <c r="C141" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D141" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E141" s="5" t="inlineStr">
         <is>
           <t>140,00</t>
         </is>
       </c>
       <c r="F141" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
-      <c r="A142" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75283", "230")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75283", " MINIATURA DE 2 TRATORES")</f>
       </c>
       <c r="C142" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D142" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E142" s="5" t="inlineStr">
         <is>
           <t>199,00</t>
         </is>
       </c>
       <c r="F142" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
-      <c r="A143" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75284", "231")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75284", " MINIATURA DE 2 AVIÕES")</f>
       </c>
       <c r="C143" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D143" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E143" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F143" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
-      <c r="A144" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75289", "232")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75289", " MINIATURA DE 2 AVIÕES")</f>
       </c>
       <c r="C144" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D144" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E144" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F144" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
-      <c r="A145" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75288", "233")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75288", " MINIATURA DE 2 AVIÕES")</f>
       </c>
       <c r="C145" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D145" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E145" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F145" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
-      <c r="A146" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75290", "234")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75290", " MINIATURA DE 2 AVIÕES")</f>
       </c>
       <c r="C146" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D146" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E146" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F146" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
-      <c r="A147" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75291", "235")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75291", " MINIATURA DE HELICÓPTERO SUPER FRELON SA321K; ESCALA: 1/35")</f>
       </c>
       <c r="C147" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D147" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E147" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F147" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
-      <c r="A148" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75292", "236")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75292", " MINIATURA DE PORTA AVIÃO; ESCALA: 1/524")</f>
       </c>
       <c r="C148" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D148" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E148" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F148" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
-      <c r="A149" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75295", "237")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75295", " MINIATURA DE LOCOMOTIVA")</f>
       </c>
       <c r="C149" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D149" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E149" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F149" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
-      <c r="A150" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75293", "238")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75293", " MINIATURA DE VIATURA DE BOMBEIRO EM PLÁSTICO")</f>
       </c>
       <c r="C150" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D150" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E150" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F150" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
-      <c r="A151" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75296", "239")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75296", " MINIATURA DE 2 VIATURAS DE BOMBEIRO EM PLÁSTICO C/ FRICÇÃO")</f>
       </c>
       <c r="C151" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D151" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E151" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F151" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
-      <c r="A152" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75294", "240")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75294", " MINIATURA DE 2 CAMINHÕES EM PLÁSTICO C/ FRICÇÃO")</f>
       </c>
       <c r="C152" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D152" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E152" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F152" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
-      <c r="A153" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75298", "241")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75298", " MINIATURA DE 1 VIATURA DE BOMBEIRO E 1 CAMINHÃO EM PLÁSTICO C/ FRICÇÃO")</f>
       </c>
       <c r="C153" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D153" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E153" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F153" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
-      <c r="A154" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75299", "242")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75299", " 5 MÁQUINAS FOTOGRÁFICAS DIVERSAS")</f>
       </c>
       <c r="C154" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D154" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E154" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F154" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
-      <c r="A155" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75297", "243")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75297", " 5 MÁQUINAS FOTOGRÁFICAS DIVERSAS")</f>
       </c>
       <c r="C155" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D155" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E155" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F155" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
-      <c r="A156" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A156" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75301", "244")</f>
+      </c>
+      <c r="B156" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75301", " 5 MÁQUINAS FOTOGRÁFICAS DIVERSAS")</f>
       </c>
       <c r="C156" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D156" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E156" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F156" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
-      <c r="A157" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A157" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75300", "245")</f>
+      </c>
+      <c r="B157" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75300", " 2 GUITARRAS S/ FIO P/ GAMES")</f>
       </c>
       <c r="C157" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D157" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E157" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F157" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
-      <c r="A158" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A158" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75302", "246")</f>
+      </c>
+      <c r="B158" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75302", " 2 GUITARRAS S/ FIO P/ GAMES")</f>
       </c>
       <c r="C158" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D158" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E158" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F158" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
-      <c r="A159" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A159" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75202", "251")</f>
+      </c>
+      <c r="B159" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75202", "Bicicleta Ultra. Aro 16. Bom estado")</f>
       </c>
       <c r="C159" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D159" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E159" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F159" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
-      <c r="A160" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A160" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75203", "252")</f>
+      </c>
+      <c r="B160" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75203", "Óculos de sol original Ray-Ban. Mod. RB3657L Clássico / Chumbo (acompanha caixa, estojo e certificado)")</f>
       </c>
       <c r="C160" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D160" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E160" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F160" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
-      <c r="A161" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A161" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75204", "253")</f>
+      </c>
+      <c r="B161" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75204", "Vídeo Game Nitendo Wii. Acompanha 2 controles, cabos e 6 jogos (mídia fisica). Funcionando.")</f>
       </c>
       <c r="C161" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D161" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E161" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F161" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
-      <c r="A162" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A162" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75205", "254")</f>
+      </c>
+      <c r="B162" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75205", "[ VÍDEO ] Vídeo Game XBOX 360. 250 GB. Acompanha 2 controles sem fio, Kinect, cabo HDMI, cabo RCA. Travado de fábrica, possui 3 jogos (midia fisica) e mais 30 jogos na memória. Funcionando")</f>
       </c>
       <c r="C162" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D162" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E162" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F162" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
-      <c r="A163" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A163" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73871", "301")</f>
+      </c>
+      <c r="B163" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73871", " MOINHO PARA MILHO COMPLETO CAP. 450 KG/HR")</f>
       </c>
       <c r="C163" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D163" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E163" s="5" t="inlineStr">
         <is>
           <t>80.000,00</t>
         </is>
       </c>
       <c r="F163" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
-      <c r="A164" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A164" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73872", "302")</f>
+      </c>
+      <c r="B164" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73872", " BALANÇA EMPACOTADORA")</f>
       </c>
       <c r="C164" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D164" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E164" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F164" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
-      <c r="A165" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A165" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73873", "303")</f>
+      </c>
+      <c r="B165" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73873", " MÁQUINA PARA FECHAR/ COLAR")</f>
       </c>
       <c r="C165" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D165" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E165" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F165" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
-      <c r="A166" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A166" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73876", "323")</f>
+      </c>
+      <c r="B166" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73876", " Aprox. 500 peças de cabides de ferro emborrachados. Marca Forever 21")</f>
       </c>
       <c r="C166" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D166" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E166" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F166" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
-      <c r="A167" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A167" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73877", "327")</f>
+      </c>
+      <c r="B167" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73877", " SUCATA DE 02 CARRINHOS DE BEBÊ VOYAGE. 02 BASES PARA CADEIRINHA E DIVERSOS ACESSÓRIOS")</f>
       </c>
       <c r="C167" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D167" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E167" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F167" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
-      <c r="A168" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A168" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73878", "331")</f>
+      </c>
+      <c r="B168" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73878", " Sucatas de piscinas tenda barraca e colchão inflável")</f>
       </c>
       <c r="C168" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D168" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E168" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F168" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
-      <c r="A169" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A169" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73879", "339")</f>
+      </c>
+      <c r="B169" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73879", "Aprox. 370 livros diversos")</f>
       </c>
       <c r="C169" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D169" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E169" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F169" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
-      <c r="A170" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A170" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73880", "340")</f>
+      </c>
+      <c r="B170" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73880", "Lote com aprox. 25 mochilas ,16 cases, 3 bolsas, 5 estojos, e diversos itens para festas ")</f>
       </c>
       <c r="C170" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D170" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E170" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F170" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
-      <c r="A171" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A171" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73896", "341")</f>
+      </c>
+      <c r="B171" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73896", "Ar condicionado Carrier 22.000 btus funcionando com controle")</f>
       </c>
       <c r="C171" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D171" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E171" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F171" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
-      <c r="A172" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A172" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73895", "342")</f>
+      </c>
+      <c r="B172" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73895", "13 extintores diversos carregados com suporte alguns vencidos")</f>
       </c>
       <c r="C172" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D172" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E172" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F172" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
-      <c r="A173" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A173" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73894", "343")</f>
+      </c>
+      <c r="B173" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73894", "Sucata de bebedouro")</f>
       </c>
       <c r="C173" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D173" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E173" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F173" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
-      <c r="A174" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A174" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73893", "344")</f>
+      </c>
+      <c r="B174" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73893", "Sucatas de 20 cadeiras diversas e 4 mesas plásticas ")</f>
       </c>
       <c r="C174" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D174" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E174" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F174" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
-      <c r="A175" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A175" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73891", "400")</f>
+      </c>
+      <c r="B175" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73891", "Barco de fibra c/ motor de rabeta, 2 remos e 3 carretilhas  ")</f>
       </c>
       <c r="C175" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D175" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E175" s="5" t="inlineStr">
         <is>
           <t>3.500,00</t>
         </is>
       </c>
       <c r="F175" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
-      <c r="A176" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A176" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73892", "401")</f>
+      </c>
+      <c r="B176" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73892", "2 roupas de neopreme longa")</f>
       </c>
       <c r="C176" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D176" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E176" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F176" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
-      <c r="A177" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A177" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74215", "603")</f>
+      </c>
+      <c r="B177" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74215", " Capacete original da FAB . Utilizado em caças Mirage 2000. Necessita de restauração. Possui viseira escura e a máscara de oxigênio")</f>
       </c>
       <c r="C177" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D177" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E177" s="5" t="inlineStr">
         <is>
           <t>2.300,00</t>
         </is>
       </c>
       <c r="F177" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
-      <c r="A178" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A178" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74217", "604")</f>
+      </c>
+      <c r="B178" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74217", " Máquina de café expresso Astória com moinho. Sem porta filtros e bandeja")</f>
       </c>
       <c r="C178" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D178" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E178" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F178" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
-      <c r="A179" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A179" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74218", "605")</f>
+      </c>
+      <c r="B179" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74218", " Máquina de café expresso Astória com moinho. Sem porta filtros e bandeja")</f>
       </c>
       <c r="C179" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D179" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E179" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F179" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
-      <c r="A180" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A180" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74213", "608")</f>
+      </c>
+      <c r="B180" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74213", " Bomba de alto vácuo HF 55 CFM. Trifásico")</f>
       </c>
       <c r="C180" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D180" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E180" s="5" t="inlineStr">
         <is>
           <t>2.100,00</t>
         </is>
       </c>
       <c r="F180" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
-      <c r="A181" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A181" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74219", "609")</f>
+      </c>
+      <c r="B181" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74219", " Bomba de alto vácuo HF 55 CFM. Trifásico")</f>
       </c>
       <c r="C181" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D181" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E181" s="5" t="inlineStr">
         <is>
           <t>2.100,00</t>
         </is>
       </c>
       <c r="F181" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
-      <c r="A182" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A182" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74214", "610")</f>
+      </c>
+      <c r="B182" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74214", " Bomba de alto vácuo. Duplo estágio HF 110 CFM. Trifásico. Com reservatório")</f>
       </c>
       <c r="C182" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D182" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E182" s="5" t="inlineStr">
         <is>
           <t>4.100,00</t>
         </is>
       </c>
       <c r="F182" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
-      <c r="A183" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A183" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74212", "611")</f>
+      </c>
+      <c r="B183" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74212", " Cabine para camionete D 20")</f>
       </c>
       <c r="C183" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D183" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E183" s="5" t="inlineStr">
         <is>
           <t>1.800,00</t>
         </is>
       </c>
       <c r="F183" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
-      <c r="A184" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A184" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74216", "612")</f>
+      </c>
+      <c r="B184" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74216", " Maca de alumínio. Stimed. Com regulagens")</f>
       </c>
       <c r="C184" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D184" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E184" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F184" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
-      <c r="A185" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A185" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74221", "613")</f>
+      </c>
+      <c r="B185" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74221", " Máquina de Vácuo. Forming")</f>
       </c>
       <c r="C185" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D185" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E185" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F185" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
-      <c r="A186" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A186" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74220", "615")</f>
+      </c>
+      <c r="B186" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74220", " Escrivaninha antiga em Jacarandá. Maciço da Bahia")</f>
       </c>
       <c r="C186" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D186" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E186" s="5" t="inlineStr">
         <is>
           <t>750,00</t>
         </is>
       </c>
       <c r="F186" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
-      <c r="A187" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A187" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74223", "617")</f>
+      </c>
+      <c r="B187" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74223", " Cortador de asfalto/concreto Petrotec a gasolina. Faltando peças")</f>
       </c>
       <c r="C187" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D187" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E187" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F187" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
-      <c r="A188" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A188" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74222", "619")</f>
+      </c>
+      <c r="B188" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74222", " Capota F1000")</f>
       </c>
       <c r="C188" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D188" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E188" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F188" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
-      <c r="A189" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A189" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74224", "621")</f>
+      </c>
+      <c r="B189" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74224", " Pista fria")</f>
       </c>
       <c r="C189" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D189" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E189" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F189" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
-      <c r="A190" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A190" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74226", "625")</f>
+      </c>
+      <c r="B190" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74226", " Gerador de energia a gasolina. Funcionando")</f>
       </c>
       <c r="C190" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D190" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E190" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F190" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
-      <c r="A191" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A191" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74227", "626")</f>
+      </c>
+      <c r="B191" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74227", " Máquina de café expresso FunKitchen. Não está funcionando ")</f>
       </c>
       <c r="C191" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D191" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E191" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F191" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
-      <c r="A192" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A192" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74225", "627")</f>
+      </c>
+      <c r="B192" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74225", " Guincho tipo girafa para 3 toneladas")</f>
       </c>
       <c r="C192" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D192" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E192" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F192" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
-      <c r="A193" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A193" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74233", "631")</f>
+      </c>
+      <c r="B193" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74233", " 3 fritadeiras, sendo 2 elétricas e 1 a gás")</f>
       </c>
       <c r="C193" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D193" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E193" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F193" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
-      <c r="A194" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A194" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74235", "632")</f>
+      </c>
+      <c r="B194" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74235", " Gramofone. Réplica com aproximadamente 29 discos antigos de 78 rotações")</f>
       </c>
       <c r="C194" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D194" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E194" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F194" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
-      <c r="A195" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A195" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74234", "633")</f>
+      </c>
+      <c r="B195" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74234", " Jogo de 04 rodas originais D20. Aro 15"")</f>
       </c>
       <c r="C195" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D195" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E195" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F195" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
-      <c r="A196" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A196" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74236", "635")</f>
+      </c>
+      <c r="B196" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74236", " Cervejeira Hussman (pequena). Funcionando")</f>
       </c>
       <c r="C196" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D196" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E196" s="5" t="inlineStr">
         <is>
           <t>550,00</t>
         </is>
       </c>
       <c r="F196" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
-      <c r="A197" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A197" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74237", "636")</f>
+      </c>
+      <c r="B197" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74237", " Máquina de café expresso Saeco 220 volts. Funcionando")</f>
       </c>
       <c r="C197" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D197" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E197" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F197" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
-      <c r="A198" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A198" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74238", "637")</f>
+      </c>
+      <c r="B198" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74238", " Gerador de energia a gasolina")</f>
       </c>
       <c r="C198" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D198" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E198" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F198" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
-      <c r="A199" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A199" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74239", "638")</f>
+      </c>
+      <c r="B199" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74239", " Frigobar década de 40 restaurado transformado em cervejeira, com controlador digital. 110 volts. Funcionando")</f>
       </c>
       <c r="C199" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D199" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E199" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F199" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
-      <c r="A200" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A200" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74240", "639")</f>
+      </c>
+      <c r="B200" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74240", " 2 portas de F1000")</f>
       </c>
       <c r="C200" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D200" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E200" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F200" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
-      <c r="A201" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A201" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74231", "641")</f>
+      </c>
+      <c r="B201" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74231", " 04 máquinas de lavar roupas")</f>
       </c>
       <c r="C201" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D201" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E201" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F201" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
-      <c r="A202" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A202" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74232", "642")</f>
+      </c>
+      <c r="B202" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74232", " Câmara fria. 220 volts. Funcionando")</f>
       </c>
       <c r="C202" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D202" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E202" s="5" t="inlineStr">
         <is>
           <t>1.750,00</t>
         </is>
       </c>
       <c r="F202" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
-      <c r="A203" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A203" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74228", "647")</f>
+      </c>
+      <c r="B203" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74228", " Cabine de F1.000 Ano 86 reformada")</f>
       </c>
       <c r="C203" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D203" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E203" s="5" t="inlineStr">
         <is>
           <t>3.200,00</t>
         </is>
       </c>
       <c r="F203" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
-      <c r="A204" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A204" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74230", "650")</f>
+      </c>
+      <c r="B204" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74230", " Motor estacionário Honda 6.5 Hp")</f>
       </c>
       <c r="C204" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D204" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E204" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F204" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
-      <c r="A205" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A205" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74229", "651")</f>
+      </c>
+      <c r="B205" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74229", " Câmara fria com controlador digital. Funcionando")</f>
       </c>
       <c r="C205" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D205" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E205" s="5" t="inlineStr">
         <is>
           <t>2.150,00</t>
         </is>
       </c>
       <c r="F205" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
-      <c r="A206" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A206" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74241", "654")</f>
+      </c>
+      <c r="B206" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74241", " Balcão aço vitrine")</f>
       </c>
       <c r="C206" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D206" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E206" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F206" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
-      <c r="A207" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A207" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74242", "656")</f>
+      </c>
+      <c r="B207" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74242", " Aspirador de pó industrial")</f>
       </c>
       <c r="C207" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D207" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E207" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F207" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
-      <c r="A208" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A208" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74243", "658")</f>
+      </c>
+      <c r="B208" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74243", " Cancela de portaria com pistão hidráulico sem testes")</f>
       </c>
       <c r="C208" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D208" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E208" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F208" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
-      <c r="A209" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A209" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74244", "660")</f>
+      </c>
+      <c r="B209" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74244", " Adega de vinhos com compressor. Funcionando")</f>
       </c>
       <c r="C209" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D209" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E209" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F209" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
-      <c r="A210" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A210" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74245", "661")</f>
+      </c>
+      <c r="B210" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74245", " Lote contendo 2 fornos microondas e 1 forno elétrico ")</f>
       </c>
       <c r="C210" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D210" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E210" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F210" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
-      <c r="A211" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A211" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74246", "664")</f>
+      </c>
+      <c r="B211" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74246", " Câmara fria. 4 portas. em aço inox. Não está funcionando")</f>
       </c>
       <c r="C211" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D211" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E211" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F211" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
-      <c r="A212" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A212" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74247", "666")</f>
+      </c>
+      <c r="B212" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74247", " Lote de antiguidades contendo: 1 máquina de costura Elna com estojo, 2 máquinas de escrever, 1 rádio Mitsubishi, 8 transistores com estojo, 1 rádio 3 em 1 CCE (sem as caixas), 1 receiver Gradiente (sem as caixas),1 receiver Motoradio (sem as caixas), 1 toca fitas Philipps (sem as caixas), 1 filmado")</f>
       </c>
       <c r="C212" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D212" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E212" s="5" t="inlineStr">
         <is>
           <t>700,00</t>
         </is>
       </c>
       <c r="F212" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
-      <c r="A213" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A213" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74248", "670")</f>
+      </c>
+      <c r="B213" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74248", " 02 Geladeiras frigidare antigas")</f>
       </c>
       <c r="C213" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D213" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E213" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F213" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
-      <c r="A214" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A214" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74249", "671")</f>
+      </c>
+      <c r="B214" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74249", " Lote cotendo 2 bancadas de 6 metros metalon. Tampos deteriorados")</f>
       </c>
       <c r="C214" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D214" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E214" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F214" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>