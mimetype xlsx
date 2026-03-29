--- v0 (2025-12-26)
+++ v1 (2026-03-29)
@@ -269,379 +269,335 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7000", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7000", " Aproximadamente 4 ar condicionados, 3 bebedouros, 2 fogões, 2 geladeiras, 6 televisores de 14”, 2 tanquinhos 6kg.")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7003", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7003", " Aproximadamente 2 ar condicionados, 2 bebedouros, 2 fogões, 2 geladeiras, 5 televisores de 14”, 2 tanquinhos 6kg.")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...21 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7001", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7001", "Diversos materiais e equipamentos.")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
+      <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...21 lines deleted...]
-      <c r="C13" s="4" t="inlineStr">
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6998", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6998", " Aproximadamente 2 fogões, 2 geladeiras, 6 televisores de 14”, 5 mesas de cozinha com cadeiras, 25 camas de solteiro, 7 sofas, 2 tanquinhos 6kg.")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D13" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="C14" s="4" t="inlineStr">
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7002", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7002", " Aproximadamente 3 ar condicionados, 1 fogão, 5 geladeiras, 1 televisor LCD 32”, 6 televisores de 14”, 2 tanquinhos 6kg.")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D14" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="A15" s="5" t="inlineStr">
+      <c r="D15" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="B15" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C15" s="4" t="inlineStr">
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6999", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6999", " Aproximadamente 5 fogões, 9 geladeiras, 2 mesas para copa ( quatro cadeiras ), 15 camas de solteiro, 7 tanquinhos 6kg.")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D15" s="4" t="inlineStr">
-[...30 lines deleted...]
-      </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>1.600,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7008", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7008", "Painéis Elétricos Diversos")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>36</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>4.100,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7005", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7005", "PUNCIONADEIRA DURMA - p80. ANO 2011 SEMI NOVA (ACOMPANHA SISTEMA DE PROGRAMAÇAO SOFTER)")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>120.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7010", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7010", "Caixa d'agua de 5000L (dimensões nas imagens)")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7011", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7011", "Prensa Manual")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7012", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7012", "Par de Poltronas trabalhadas em couro e madeira de meados do seculo passado.")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>