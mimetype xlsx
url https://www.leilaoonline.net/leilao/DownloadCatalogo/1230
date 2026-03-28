--- v0 (2025-12-25)
+++ v1 (2026-03-28)
@@ -269,1659 +269,1455 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75491", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75491", "[ VÍDEO ] Trator New Holland. Mod. TL75. 4x4. Ano 2017")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>85.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75345", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75345", "Trator Ford Major. Ano 1968. Restaurado. Ótimo estado ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75343", "002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75343", "Caminhão Scania. Mod. P124 CA 400. 6x4. Ano 2005")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>78.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75340", "003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75340", " Caminhão VOLVO EDC Gold NL 10 320 4x2. Ano 1996/1997. Vidro Elétrico")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75346", "004")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75346", " Caminhão MB/L 1313. Ano 1981. Freio a ar")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75344", "005")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75344", " Caçamba basculante Galego. 16 mts")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75390", "006")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75390", " Semi reboque/tanque Kronorte. 3 eixos. Ano 2008/09. 6 bocas. Pneus não inclusos")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75397", "007")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75397", "Conjunto bitrem. Tanque Randon. Ano 2005. Calibrado, capacitado, puxando combustível. Multi Seta")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>32.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75402", "008")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75402", "[ VÍDEO ] Caminhão Scania. Mod. P124 CA 400. 6x4. Ano 2005")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>83.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75394", "009")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75394", " Renault Sandero SLW16hp. Ar / Direção/ Vidro. Ano 2012/2013")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>10.800,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73847", "010")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73847", " Par de pneus e aro montado para Valtra ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73844", "011")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73844", " Motor John Deere 6090")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>55.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73849", "012")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73849", " Caixa corte de base montada John Deere 3520")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>5.200,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73848", "013")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73848", " Cubo redutor john deere colhedora 3520 funcionando")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>5.300,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73846", "014")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73846", " 3 Pneus usados ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>3.400,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73812", "015")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73812", " 02 PEÇAS DE ALONGADORES DE RODA . Marca: JOHN DEERE . Mod: 7185J . Ano:  2017")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73845", "016")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73845", " Par de Aro de roda Massey Ferguson 7000 MF")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>3.400,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73851", "017")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73851", "1 Pneu usado")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>3.600,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73850", "018")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73850", "2 Pneus usados")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75341", "019")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75341", " Eixo dianteiro Mercedes Benz 1620")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C13" s="4" t="inlineStr">
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>1.150,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75342", "020")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75342", " Eixo traseiro Mercedes Bens. Relação Curta")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73814", "021")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73814", "PATROL CATERPILLAR. MOD. 120B. ANO 1978")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D13" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75413", "022")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75413", "[ VÍDEO ] Mini carregadeira Bobcat. Mod. 643. Ano 2002")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>33.750,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75414", "023")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75414", "VW Kombi. Ano 2007. Flex")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>17.250,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73816", "029")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73816", " Comboio Gascom pressolub ano 2011, 9.000 litros de diesel.")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>17.500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73815", "030")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73815", " Comboio Andrade ano 2008 - 5.000 litros")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>11.900,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73838", "034")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73838", " 02 PEÇAS DE ALONGADORES DE RODA . Marca: JOHN DEERE . Mod: 7185J . Ano:  2017")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75393", "035")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75393", " Semi reboque Faccini. Ano 2009 - 12,59 mts")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>38.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75391", "036")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75391", " Semi reboque Faccini. Ano 2009 - 12,59 mts")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>38.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75392", "037")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75392", " Carreta tanque. Ano 2016. 20.000 litros, 4 bocas, com bomba aferido")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75389", "038")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75389", " Carreta tanque. Ano 2011. 16.000 litros. 3 bocas (duas de 5.000 e uma de 6.000). Com bomba")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>17.100,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75395", "039")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75395", "Carreta tanque Moraes. Ano 2001. 15.000 litros. 3 bocas. Com bomba")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>13.750,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75396", "040")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75396", " Carreta tanque. Marca Tankar. Ano 2009. 18.000 litros. 3 bocas")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75493", "041")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75493", "Caminhão Scania. Mod. P124 CA 400. 6x4. Ano 2005")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>62</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>65.250,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73831", "043")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73831", " CONJUNTO SANTAL TRANSBORDO MOD. VT10500 ANO 2014 (Ref. DD)")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73833", "044")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73833", " CONJUNTO BALDAN TRANSBORDO MOD. 12600 ANO 2011 (Ref.EE)")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73823", "045")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73823", " CONJUNTO SANTAL TRANSBORDO MOD. VT10500 ANO 2014 (Ref. FF)")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73830", "050")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73830", " CONJUNTO DE TRANSBORDO DE 10,5 TONELADAS MOD. TASI ANO 2012 (Ref. RT01)")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73825", "051")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73825", " CONJUNTO DE TRANSBORDO DE 10,5 TONELADAS MOD. TASI ANO 2012 (Ref.RT02)")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73834", "052")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73834", " CONJUNTO DE TRANSBORDO DE 10,5 TONELADAS MOD. TASI ANO 2012 (Ref.RT03)")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73824", "053")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73824", " CONJUNTO DE TRANSBORDO DE 10,5 TONELADAS MOD. TASI ANO 2012 (Ref.RT04)")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73828", "054")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73828", " CONJUNTO DE TRANSBORDO DE 10,5 TONELADAS MOD. TASI ANO 2010 (Ref.RT05)")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73817", "055")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73817", " [ VÍDEO ] COLHEDORA CASE MOD. 8800 ANO 2015 (Ref. CH03)")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>170.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...25 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73818", "056")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73818", "[ VÍDEO ] COLHEDORA DE CANA JOHN DEERE MOD. 3522 ANO 2013 (Ref. CH05)")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>150.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...25 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73820", "058")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73820", "[ VÍDEO ] COLHEDORA DE CANA JOHN DEERE MOD. 3522 ANO 2014 (Ref. CH06)")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>175.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...121 lines deleted...]
-      <c r="F19" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73819", "059")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73819", "[ VÍDEO ] COLHEDORA DE CANA JOHN DEERE MOD. 3522 ANO 2014 (Ref. CH07)")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>180.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-[...500 lines deleted...]
-      <c r="E35" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73835", "060")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73835", "[ VÍDEO ] COLHEDORA DE CANA JOHN DEERE 3522 ANO 2013 (Ref. CH08)")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>150.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73821", "061")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73821", "[ VÍDEO ] COLHEDORA DE CANA JOHN DEERE 3520 ANO 2011 (Ref. CH09)")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>70.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73841", "062")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73841", "Par de Esteira rodante John deere 3520, Completa com cubos redutores. ")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>15.500,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73842", "063")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73842", "Carroceria Bau frigorífico para caminhão toco - Parou funcionando")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
-      <c r="F35" s="4" t="inlineStr">
-[...798 lines deleted...]
-      </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73843", "064")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/73843", "Carreta adaptada para distribuir torta Parou trabalhando ")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>