--- v0 (2025-12-25)
+++ v1 (2026-03-28)
@@ -269,699 +269,615 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75029", "002")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75029", "VW Kombi Furgão. Flex. Ano 2008/09.")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>16.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75030", "003")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75030", "VW Kombi Furgão. Flex. Ano 2008/09.")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>16.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74095", "004")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74095", "FORD F-1000 SS. Diesel. Ano 88/88.")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74093", "005")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74093", " Trio Elétrico: Caminhão MB/ L 113. Ano 1976. Chassi alongado. Potência total de som: 58.000 Watts")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>199.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74094", "006")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74094", "CARROCERIA DE MADEIRA PARA D20 DUPLA")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74342", "007")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74342", "PNEU COM RODA 295")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74099", "008")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74099", "[ VÍDEO ] VW Gol 1.6. Ano 1988. Etanol. Segundo dono. Funcionando. Bom estado.")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>8.500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74340", "009")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74340", "CARROCERIA TRANSBORDO. ANO 2012.")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74341", "010")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74341", "CARROCERIA TRANSBORDO. ANO 2012.")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>8.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74091", "011")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74091", "Arado Ikeda. Ano 2014. Arado mod. Aiveca. Montado, deslocado, 4 hastes polietileno. Possui desarme automático das hastes. Pot. requerida 230cv.")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74090", "016")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74090", " Plataforma de milho 10 linhas de 70cm Ano 2014 - marca Methalc mod. 10 x 73. Bom estado.")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>46.500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74085", "043")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74085", " Tanque de Combustível. Aprox. 3.000 Litros. Com bomba.")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74080", "104")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74080", "Guindaste P&amp;H. 15 Toneladas. Ano 1982")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>49.900,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74087", "207")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74087", "Câmbio Scania 113. Ano 1991. 5 marchas.Com servo-embreagem")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74089", "405")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74089", " Forrageira JF 92z10")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>9.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74083", "503")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74083", "Compressor. Modelo W-29120. Motor 30 CV. Pressão máx: 175 PSI")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>9.500,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74081", "504")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74081", "GRANDE QUANTIDADE DE PEÇAS ORIGINAIS VEÍCULOS FIAT E  DUCATO. SEGUE LISTA ANEXO COM DESCRITIVO DAS PEÇAS E VALORES DE CUSTO.")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>6.750,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74078", "508")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74078", " Compressor parafuso kaeser M38. Diesel. 3 cilindros. Ano Fab 2001")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>15.500,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74084", "510")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74084", " Arado. Marca Líder. 3 Discos")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74098", "512")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74098", "1 peso de roda traseira trator John Deere modelo 7715")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74680", "513")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74680", "01 Suporte para modelo Stara e 01 Escarificador")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>