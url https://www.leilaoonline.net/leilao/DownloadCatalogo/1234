--- v0 (2026-02-11)
+++ v1 (2026-03-29)
@@ -269,475 +269,419 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74117", "101")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74117", " Máquina de costura de Livros BREHMER LEIPZIG nº 698 - Motor Arno nº 20.380 com redutor de velocidade acoplado ao motor, - 1980 ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74104", "102")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74104", " Prensa de Livros BERNARDINI ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74114", "103")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74114", " Mesa de metal para fotolito gráfico, com lâmpada, com 2 peças acopladas com braços móveis , altura 1,50 / comprimento 1,00 / largura 0,80")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74111", "104")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74111", " Máquina datilografia manual, Underwood 198,")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74110", "105")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74110", " Tipografia : Typecase. Uma bandeja de madeira antiga para armazenar ‘ TIPOS’ comprimento 86cm / ,Largura 8,5 cm / espessura 3,0 cm, com 56 compartimentos.")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74115", "106")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74115", " Máquina para Relevo-Estufa Térmica – Marca Inelte,")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74108", "107")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74108", " Máquina para gravação de chapa. - sem motor ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74105", "108")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74105", " Máquina impressora off-set, MULTILITH 2850 S")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74107", "109")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74107", " Máquina processadora e impressora de Formulário Contínuo Off-set - KLUGE - RP - 1 cor-  importada USA - 80 colunas e 132 colunas Alt. Cilindros: 11”, 12”,8” e 8,5”; Larg. Mx. 375mm - Saída em pacote")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74109", "110")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74109", " Máquina Impressora de papel picote marca kluge WFD, Booking nº WCH 3644, Forwarder REF : 307661.")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74106", "111")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74106", " Máquina Alceadeira Star I, Fabricação Chilena, equipada com 5 estações de papel,")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74112", "112")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74112", " Talha manual de corrente – Berg Steel, 03 metros de elevação, n º série 153265,")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74116", "113")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74116", " Vigas de ferro para sustentação da talha: Obs. Está cimentada no piso. Sendo 02 colunas 2,30 altura/ com um suporte de 6 metros de comprimento.")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74113", "114")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74113", " Aplicadora de papel laminado Tipomagraf FoilMax, na impressão a laser, largura máxima do papel 33cm /velocidade 600 a 960 folhas/hora / voltagem 110/220 / dimensões: larg. 65cm., alt. 17cm. , prof. 38 cm. - Acompanha Alguns Rolos laminados ")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>