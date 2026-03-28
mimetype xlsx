--- v0 (2025-12-25)
+++ v1 (2026-03-28)
@@ -269,3259 +269,2855 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75588", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75588", "Linha de produção de biodiesel completa - desmontada - sem uso (anexo no descritivo de itens) - (avaliação R$ 400.000)")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>99.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74315", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74315", " Máquinas e equipamentos para cozinha industrial, padaria e restaurante    100 Itens ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74694", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74694", " Guilhotina elétrica para chapa Calvi 2000x4mm")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74689", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74689", " Prensa excêntrica 125 toneladas - engrenada ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74700", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74700", " Prensa excêntrica engrenada marca Calvi")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74695", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74695", " Prensa hidráulica para borracha com aquecimento 60 toneladas luxor")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>33.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74693", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74693", " Perfiladeira pandim completa")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74687", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74687", " Prensa viradeira Calvi 50 toneladas 2500mm de boca ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74684", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74684", " Lote com: 8 uni. rosqueadeiras")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74692", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74692", " Afiadora de disco de serra Vollmer")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74686", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74686", " Máquina de solda ultrasonica politron")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74699", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74699", " Retifica plana e blanchard mesa 200 mm ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74697", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74697", " Lote com: 2 uni. Retíficas - afiadora Mello e Tos")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74685", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74685", " Lote com: 3 uni. solda ponto 20 Kva e 1 uni. solda ponto suspensa de 40 Kva")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74696", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74696", " Prensa viradeira 2 metros para chapa de 4 mm")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>12.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74691", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74691", " Guilhotina 2500 x 4mm marca Calvi")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74698", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74698", " Linha completa para pesar , embalar e rotular produtos , pó e grãos em geral até 5 kg")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>20.100,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74688", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74688", " Serra vai e vem frango f500")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74690", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74690", " Torno Romi automatizado Chucker")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74339", "100")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74339", "Misturador em y de inox")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74338", "101")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74338", "Jato de areia blastibras")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74337", "102")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74337", "Retifica 2 em 1 plana e blanchard mesa 200mm")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74336", "103")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74336", "Plaina de mesa 3 metros ")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74335", "104")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74335", "Afiadora Mello")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74334", "105")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74334", "Cabeçote chaveteiro para fresa ")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74333", "106")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74333", "Fresadora universal vigorelli fu33 ")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74332", "107")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74332", "Afiadora para serra Vollmer")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74331", "108")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74331", "Prensa hidráulica 4 colunas luxor 60 Ton com aquecimento")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74330", "109")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74330", "Lote com: 2 transformadores de 10 Kva 380/220 ")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74329", "110")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74329", "Eletro erosão edm engespark 60mm")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74328", "111")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74328", "Fresadora universal ")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74327", "112")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74327", "Prensa hidráulica tipo c - 30 Ton.")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74326", "113")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74326", "Máquina para cubagem")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74325", "114")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74325", "Divisor para fresa")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74273", "115")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74273", " Lote com: 1 geladeira e 1 estufa para alimentos em inox")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74276", "116")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74276", "Lote de: parafusos , porcas e arruelas - Sem uso")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74269", "117")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74269", " Esteira para cavaco")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74272", "118")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74272", " Lote com: 2 uni. Batedor de cola")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74270", "119")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74270", " Rebitadeira com alimentador vibratório ")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74277", "119")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74277", "Auto Clave de vácuo a pressão")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74264", "120")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74264", " Moedor de carne industrial de inox")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74278", "121")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74278", "Lote com: 3 uni. no break ( 4, 6 e 15 kva)")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74262", "122")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74262", " Taque retangular de aço inox - encamisado")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74265", "123")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74265", " Lote com: 6 cofres")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74268", "124")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74268", " Ponte rolante para 1000kg - 2,40m de vão")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74266", "125")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74266", " Lote com: Rolos para retífica")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74267", "126")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74267", " Retífica universal Cilíndrica WmW 900x300mm")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74259", "127")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74259", " Retífica cilíndrica Jones Shipman 12 12")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74258", "128")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74258", " Desempeno em mármore (1.30 x 1.30)")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74257", "129")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74257", " Retífica de Copo Blanchard")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74260", "130")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74260", " Talha elétrica com carro ponte - 10 ton. Climber")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74261", "131")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74261", " Lote com: Apróx. 300kg de ferramentas de fresa e torno")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74298", "132")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74298", "Lavadora de louça industrial Netter")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74297", "133")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74297", "Balança Filizola retro")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74296", "134")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74296", "Serra para cortes de metais com precisão ")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74295", "135")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74295", "Esmeril de chicote")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74294", "136")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74294", "Lote com: 3 morsas hidráulicas ")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74293", "137")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74293", "Afiadora de rodo para Serigrafia ")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74287", "138")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74287", " Gerador Com motor elétrico - 7Kva")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74281", "139")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74281", "Solda projeção soltronic 100 kva")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74288", "140")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74288", " Cantoneiras de alumínio")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74291", "141")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74291", " Coifa de inox lavadora")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74290", "142")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74290", " Banco de Capacitor 50 Kva")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74289", "143")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74289", " Lote com: 8 uni. Máquinas automáticas profissionais de fazer café, chocolate e capuccino ")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74286", "144")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74286", "Móveis de escritório - mesas , mesas em L e armários - Apróx 100 peças")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74285", "145")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74285", "Máquina de Solda Ultrasonica ")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74284", "146")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74284", "Máquina de Solda Ultrasonica ")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74283", "147")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74283", "Rosqueadeira pneumática M12 ")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74282", "148")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74282", "Estufa vitrine para salgados ")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74292", "149")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74292", " Centrífuga de cavaco")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74280", "150")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74280", "Fresadora router CNC com mesa ( 480mm x 780mm) ")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74279", "151")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74279", "Tanque de aço inox - 100 litros ")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74263", "152")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74263", " Esteira de aço inox")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74271", "153")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74271", " Ilha com fogão cooktop")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74275", "154")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74275", " Escada de alumínio 4 metros")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74318", "155")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74318", " Tesoura hidráulica fisame metaleira")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74300", "156")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74300", "Forno industrial gás vapor - Ferri ")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74321", "157")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74321", " Torno revólver iram tr100 ")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74320", "158")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74320", " Fresadora para produção ")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74319", "159")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74319", " Compressor de 40 pés motor 7,5 cv")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74301", "160")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74301", "Máquina de Corte e vinco - elétrica - 1 metro de boca ")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74322", "161")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74322", " Estufa para pintura eletrostática ")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74323", "162")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74323", " Redutor com carretel para guincho ")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74302", "163")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74302", "Coladeira, Refiladeira e destopadeira para madeira - automática Giben do Brasil")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74306", "164")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74306", " Coladeira de borda automática Homag ")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74317", "165")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74317", " Guilhotina metaleira Fisame")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74313", "166")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74313", " Prensa Balancim Chinelato - 15 ton.")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74304", "167")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74304", " Furadeira de coluna Kone")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74303", "168")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74303", " Retífica plana hidráulica - mesa 1000x300 mm")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
         <is>
           <t>20.000,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...154 lines deleted...]
-      <c r="E17" s="5" t="inlineStr">
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74308", "169")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74308", " Fresadora CNC com ferramentas")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74312", "170")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74312", " Pinças para torno revólver de 3/4, 1. 1/2 e 2 polegadas - 600 peças")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74314", "171")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74314", " Prensa excêntrica 80 ton. Engrenada ")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74307", "172")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74307", " Caixas plásticas reforçadas - 400 itens ")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74310", "173")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74310", " Lote com: 2 motores monofásicos de 5 cv 1740rpm - baixa rotação - blindado - rural ")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74316", "174")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74316", " Entonador de tambor hidráulico")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74305", "175")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74305", " Caldeirão gás vapor de aço inox - 150 litros ")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74309", "176")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74309", " Torno Mecânico Polonês com 3 metros de barramente entre pontas - passa 600mm na placa")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>24.000,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74311", "177")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74311", " Torno mecânico Joenville TM 175")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74299", "178")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74299", "Máquina de Solda topo 30 Kva Soltronic ")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74324", "179")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74324", "Empilhadeira automática - 4 ton. Komatso 2002")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
-      <c r="F17" s="4" t="inlineStr">
-[...1375 lines deleted...]
-      <c r="F60" s="4" t="inlineStr">
+      <c r="F110" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-[...1598 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
-      <c r="A111" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74274", "180")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74274", " Prensa excêntrica 80 ton.")</f>
       </c>
       <c r="C111" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D111" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E111" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F111" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>