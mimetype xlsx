--- v0 (2026-02-11)
+++ v1 (2026-03-28)
@@ -269,1659 +269,1455 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74346", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74346", "TRATOR JOHN DEERE 8320R 4X4 (4 PNEUS) ANO 2011/2011 - EQ. 501336- LOC. PALESTINA / SP ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>123</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>173.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74347", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74347", "APROX. 3.200 KG SUCATA DE PLÁSTICO DIVERSOS - (LANCE POR KG) - LOC. STA ALBERTINA / SP ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>1.440,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>0.05</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74349", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74349", "CAMINHÃO MERCEDES BENZ L 2213, ANO 1984/1984, EQ.312252- LOC. PALESTINA / SP ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>32.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74350", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74350", "CAMINHÃO MERCEDES BENZ L 2213,ANO 1984/1984. EQ. 327471- LOC. Palestina/ SP ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>24.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74351", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74351", "CAMINHÃO M. BENZ L 2213 ACOPLADO COM COMBOIO, ANO 1984/1984, EQ. 321668, LOC. PALESTINA/ SP")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>174</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>105.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74352", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74352", "CAMINHÃO M. BENZ L 1113 CAMINHÃO ACOPLADO COM COMBOIO, ANO 1985/1985, EQ. 321641- LOC. Palestina")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>70</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>47.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74353", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74353", "DOLLY RANDON DL PC BL 02 16, ANO 2006/2007, ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>14.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74354", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74354", "DOLLY RANDON DL PC BL 02 16, ANO 2006/2007, EQ.150161, ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>15.250,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74355", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74355", "VW/KOMBI LOTACAO, ANO 2008/2008, EQ.944506, LOC. Ariranha/ SP ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>10.750,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74356", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74356", "QUADRICICLO HONDA/TRX 420 FM FOUR TRAX, ANO 2017/2017, EQ.981023- LOC.Ariranha/ SP  ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>46</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>21.250,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74357", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74357", "QUADRICICLO HONDA/TRX 420 FM FOUR TRAX, ANO 2017/2017, EQ.981.015, LOC. Ariranha/ SP ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>56</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>22.750,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74358", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74358", "EMPILHADEIRA HYSTER H80J GLP, ANO 1995/1995, EQ. 605.091, LOC. Ariranha/ SP ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>105</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>42.250,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74360", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74360", "CAMINHÃO M. BENZ L 2213 ACOPLADO COM CABINE SUPLEMENTAR, ANO 1981/1981, EQ. 303200- LOC.Ariranha / SP  ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>104</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>54.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74361", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74361", "PÁ CARREGADEIRA CATERPILLAR 938H, ANO 2010/2010, EQ.601499- LOC .Ariranha/ SP ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>88</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>109.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74362", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74362", "CAMINHÃO VOLVO VM 310 6X2T, ANO 2009/2010, EQ. 340.103, LOC. Ariranha/ SP ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>155</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>122.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74377", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74377", "COLHEDORA CANA JOHN DEERE 3520 C/ ES, ANO 2010/2010, EQ. 704021, LOC. Ariranha/ SP ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>106</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>83.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74378", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74378", "REBOQUE FACCHINI RFRBC, ANO 1996/1996, EQ. 211.202, LOC. Ariranha/ SP ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>11.250,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74379", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74379", "TRATOR VALTRA BH 180 4X4, ANO 2008/2008, EQ. 505.272, LOC. Sta Albertina/ SP ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>116</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>88.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74380", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74380", "TRATOR VALTRA BH 180 4X4, ANO 2011/2011, EQ. 505.289, LOC. Sta Albertina/ SP ")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>129</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>103.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74381", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74381", "PÁ CARREGADEIRA CATERPILLAR 938GII, ANO 2007/2007, EQ. 601.492, LOC. Sta Albertina/ SP ")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>91</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>109.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74382", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74382", "EMPILHADEIRA HYSTER H80 XL2, ANO 1995/1995, EQ. 605.040, LOC.Sta Albertina/ SP  ")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>61</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>34.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74383", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74383", "ÔNIBUS MERCEDES BENZ OF 1315, ANO 1991/1991, EQ. 351.673, LOC. Palestina/ SP ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>21.250,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74384", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74384", "SUCATA DE CAMINHÃO MERCEDES BENZ L 2213, ANO 1980/1980 (Será vendido com Sucata - BAIXA PERMANENTE), EQ. 312.247, LOC. Palestina/ SP ")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>13.750,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74385", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74385", "REBOQUE RANDON RQ CI HI, ANO 1996/1996 , EQ.162.504 , LOC.Palestina")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>11.750,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74386", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74386", "COLHEDORA CANA JOHN DEERE  3520 C/ ES, ANO 2009/2009, EQ. 704.007- LOC. Sta Albertina/ SP ")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>43.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74387", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74387", "COLHEDORA CANA JOHN DEERE  3520 C/ ES, ANO 2010/2010, EQ. 704.020- LOC. Sta Albertina/ SP ")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>57</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>73.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74388", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74388", "COLHEDORA CANA JOHN DEERE  3520 C/ ES, ANO 2009/2009, EQ. 704.008, LOC. Sta Albertina")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>33</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>46.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74389", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74389", "COLHEDORA CANA JOHN DEERE  3520 C/ ES, ANO 2012/2012, EQ. 704.041, LOC. Sta Albertina")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>53</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>71.500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74390", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74390", "COLHEDORA CANA JOHN DEERE  3520 C/ ES, ANO 2012/2012, EQ. 704.043, LOC.Sta Albertina ")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>67.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74391", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74391", "SUCATA ROLETE DE COLHEDORA DE CANA SENDO 6.310 KG. APROX. - (LANCE POR KG) - LOC.Ariranha ")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>12.935,50</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>0.05</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74392", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74392", "SUCATA CAMPANAS DE FERRO SENDO APROX. 9.650 KG. - (LANCE POR KG) - .LOC. Ariranha")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>19.300,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74393", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74393", "SUCATA SAQUINHA / FACÃO DEA COLHEDORA DE CANA SENDO 13.680 KG. APROX. - (LANCE POR KG) LOC. Ariranha")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>23.256,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74394", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74394", "SUCATA ARANHA BOJO COLHEDORA CANA JOHN DEERE SENDO 1.550 KG APROX. - (LANCE POR KG)  LOC. Ariranha")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>2.480,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74395", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74395", "CAMINHÃO MERCEDES BENZ L 2213, ANO 1984/1984, EQ. 312.243- LOC. Ariranha")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>51</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>44.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74396", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74396", "SUCATA CAMPANAS DE FERRO SENDO 1.890 KG. APROX. (LANCE POR KG) - LOC. Sta Albertina")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>3.402,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74397", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74397", "SUCATA COMPRESSOR AR CONDICIONADO SENDO 282 PÇS- LOC. Ariranha")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74398", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74398", "APROX 239 PEÇAS DIVERSAS ELETRICAS ( SUCATA ) VEJA DESCRITIVO DE ITENS  - LOC. Ariranha")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74399", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74399", "SUCATA CUBO ACOPLADO E CUBOS DIVERSOS SENDO 34 PÇS APROX. LOC. Sta Albertina")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...58 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74400", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74400", "SUCATA 5º RODA SENDO 13 PÇS APROX.- LOC. Sta Albertina")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>1.250,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74401", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74401", "VW/KOMBI AMBULANCIA, ANO 2007/2008, EQ. 944.502, LOC. Palestina")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>7.750,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74402", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74402", "SUCATA BERÇO E COLHEDORA DE CANA SENDO 2.600 KG. APROX. (LANCE POR KG) - LOC. Sta Albertina")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>4.160,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74403", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74403", "Roletes de colhedora, APROX. 2.600 KG - (LANCE POR KG) - LOC. Sta Albertina")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>5.200,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74404", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74404", "SUCATA FAQUINHA / FACÃO / PÁ DE EXAUSTOR COLHEDORA SENDO 24.000 KG APROX. (LANCE POR KG) -LOC. Sta Albertina")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>40.800,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74405", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74405", "SUCATA LINK DE COLAR COLHEDORA DE CANA SENDO 17 PÇS. APROX.LOC. Sta Albertina")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>9.250,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74406", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74406", "SUCATA MOLAS DIVERSAS SENDO 4.000 KG. APROX. (LANCE POR KG) - LOC. Sta Albertina")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>9.600,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74407", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74407", "SEMI REBOQUE CONTIN, ANO 1984/1984, EQ. 356.631, LOC. Palestina")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>15.500,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74408", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74408", "SUCATA CORRENTE ELEVADOR COLHEDORA CANA SENDO 4.000 KG. APROX. (LANCE POR KG) LOC. Sta Albertina")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="B15" s="4" t="inlineStr">
-[...282 lines deleted...]
-      <c r="A24" s="5" t="inlineStr">
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>6.400,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74409", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74409", "SUCATA ROLAMENTO DIVERSOS SENDO 1.810 KG. APROX. (LANCE POR KG) - LOC. Sta Albertina")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>2.896,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74410", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74410", "SUCATA ALUMINIO MISTO SENDO 1.260 KG APROX. (LANCE POR KG) - LOC. Sta Albertina ")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
-      <c r="B24" s="4" t="inlineStr">
-[...68 lines deleted...]
-      <c r="C26" s="4" t="inlineStr">
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>5.796,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74411", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74411", "SUCATA PEÇAS ELETRICAS SENDO ALTERNADOR E MOTOR DE PARTIDA 29 PÇS APROX.LOC. Sta Albertina")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D26" s="4" t="inlineStr">
-[...543 lines deleted...]
-      <c r="D43" s="4" t="inlineStr">
+      <c r="D60" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="E43" s="5" t="inlineStr">
-[...196 lines deleted...]
-      <c r="F49" s="4" t="inlineStr">
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-[...350 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74412", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74412", "SUCATA COMPRESSOR AR CONDICIONADO SENDO 48 PÇS APROX.LOC. Sta Albertina")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>