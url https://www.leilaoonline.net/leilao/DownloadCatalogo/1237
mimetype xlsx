--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,1499 +269,1315 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74359", "005")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74359", "SUCATA 05 UNDS.  TROCADOR DE CALOR, PESO APROX. 8 TON. UND PARAGUAÇU")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>135</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>72.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74822", "019")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74822", "SUCATA DE RADIADOR, UND NARANDIBA")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74821", "020")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74821", "SUCATA DE REDUTOR, UND NARANDIBA")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74788", "097")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74788", "CAMINHÃO VW 15190 WORKER, ANO 2014/ 2015, FR 4100329, ( SERÁ VENDIDO COMO SUCATA S/ DIREITO A DOCUMENTO) LOC. PARAGUAÇU / SP ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75494", "110")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75494", "ALTERNADOR, MOTOR DE PARTIDA E OUTROS -  VEJA DESCRITIVO DE ITENS - LOCALIZAÇÃO: PARAGUAÇU PAULISTA/ SP")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75495", "111")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75495", "ÓLEOS, GRAXAS E OUTROS - VEJA DESCRITIVO DE ITENS - LOCALIZAÇÃO: PARAGUAÇU PAULISTA/ SP")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75496", "112")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75496", "1 SUCATA DE AR CONDICIONADO - APROXIMADAMENTE 300 KG - LOCALIZAÇÃO: PARAGUAÇU PAULISTA/ SP")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75497", "113")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75497", "5 PEÇAS DE SUCATA DE INFORMÁTICA - NOBREAKS/ SERVIDORES - APROXIMADAMENTE 300 KG - LOCALIZAÇÃO: PARAGUAÇU PAULISTA/ SP")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>4.200,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75499", "115")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75499", "1 SUCATA DE RODETE COM 15 DENTES EXTERNO - LOCALIZAÇÃO: PARAGUAÇU PAULISTA/ SP")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75633", "116")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75633", "300 metros de cabo de alumínio de media tensão - LOCALIZAÇÃO: PARAGUAÇU PAULISTA/ SP")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75634", "117")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75634", "3 jogos de chave de media tenção e 1 jogo de chave de alta tensão - LOCALIZAÇÃO: PARAGUAÇU PAULISTA/ SP")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>63</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>7.600,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75635", "118")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75635", "2 jogos de chave faca trifásico, + 4 BANCOS DE RESISTENCIA - LOCALIZAÇÃO: PARAGUAÇU PAULISTA/ SP")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75637", "120")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75637", "Isoladores para média e alta tensão - LOCALIZAÇÃO: PARAGUAÇU PAULISTA/ SP")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75638", "121")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75638", "2 disjuntores Siemens de alta tensão - LOCALIZAÇÃO: PARAGUAÇU PAULISTA/ SP")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75639", "122")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75639", "6 unidades TP’s, 6 TC’s e 6 Para raios - LOCALIZAÇÃO: PARAGUAÇU PAULISTA/ SP")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>13.750,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75640", "123")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75640", "1 Transformador de 750 KVA - LOCALIZAÇÃO: PARAGUAÇU PAULISTA/ SP")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>59</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>20.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75641", "124")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75641", "1 BANCO DE RESISTÊNCIA - LOCALIZAÇÃO: PARAGUAÇU PAULISTA/ SP")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76360", "125")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76360", " CULTIVADOR 1,40, EQ. 4400937, LOC. PARAGUAÇU ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76362", "126")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76362", " CULTIVADOR 1,40, EQ. 4400889,LOC. PARAGUAÇU ")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76361", "127")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76361", " CULTIVADOR 1,40, EQ.4400168, LOC. PARAGUAÇU ")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76357", "128")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76357", " CARRETA SUCATA, EQ. 4400236, LOC. PARAGUAÇU ")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>14.500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76359", "129")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76359", " CULTIVADOR 1,40, EQ. 4400938, LOC. PARAGUAÇU ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76358", "130")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76358", " CULTIVADOR 1,40, EQ. 4400991, LOC. PARAGUAÇU ")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76337", "133")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76337", " COLHEDORA DE CANA J. DEERE  NW 3520, ANO 2010, EQ.4300036, LOC.NARANDIBA ")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>17.500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76335", "134")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76335", " COLHEDORA DE CANA J. DEERE NW 3520, ANO 2010, EQ. 4300037, LOC. NARANDIBA")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>17.500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76356", "135")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76356", " COLHEDORA DE CANA J. DEERE NW 3520, ANO 2010, EQ. 4300034, LOC. NARANDIBA")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>18.500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76334", "136")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76334", " COLHEDORA DE CANA J. DEERE NW 3520, ANO 2012, EQ. 4300053, LOC. NARANDIBA")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>12.250,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76350", "137")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76350", " COLHEDORA DE CANA J. DEERE NW 3520, ANO 2012, EQ. 4300058, LOC. NARANDIBA")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>18.500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76354", "138")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76354", " COLHEDORA DE CANA J. DEERE NW 3520, ANO 2013, EQ. 4300082, LOC. NARANDIBA")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>20.500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76338", "139")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76338", " COLHEDORA DE CANA J. DEERE NW 3520, ANO 2012, EQ. 4300059, LOC. NARANDIBA")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76341", "140")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76341", " COLHEDORA DE CANA J. DEERE NW 3520, ANO 2012, EQ. 4300055, LOC. NARANDIBA")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76348", "141")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76348", " COLHEDORA DE CANA J. DEERE NW 3520, ANO 2012, EQ. 4300054, LOC. NARANDIBA")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>17.500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76340", "142")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76340", " COLHEDORA DE CANA J. DEERE NW 3520, ANO 2013, EQ. 4300068, LOC. NARANDIBA")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76346", "143")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76346", " COLHEDORA DE CANA J. DEERE NW 3520, ANO 2012, EQ. 4300074, LOC. NARANDIBA")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...58 lines deleted...]
-      <c r="D14" s="4" t="inlineStr">
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76344", "144")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76344", " COLHEDORA DE CANA J. DEERE NW 3520, ANO 2013, EQ. 4300066, LOC. NARANDIBA")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>22.500,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76349", "145")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76349", " COLHEDORA DE CANA J. DEERE NW 3520, ANO 2012, EQ. 4300064, LOC. NARANDIBA")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>23.500,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76352", "146")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76352", " COLHEDORA DE CANA J. DEERE NW 3520, ANO 2013, EQ. 4300079, LOC. NARANDIBA")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>16.500,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76347", "147")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76347", " COLHEDORA DE CANA J. DEERE NW 3520, ANO 2013, EQ. 4300076, LOC. NARANDIBA")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>13.500,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76336", "148")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76336", " COLHEDORA DE CANA J. DEERE NW 3520, ANO 2013, EQ. 4300075, LOC. NARANDIBA")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76343", "149")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76343", " COLHEDORA DE CANA J. DEERE NW 3520, ANO 2012, EQ. 4300060, LOC. NARANDIBA")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
-[...154 lines deleted...]
-      <c r="D19" s="4" t="inlineStr">
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76339", "150")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76339", " COLHEDORA DE CANA J. DEERE NW 3520, ANO 2012, EQ. 4300073, LOC. NARANDIBA")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E19" s="5" t="inlineStr">
-[...671 lines deleted...]
-      <c r="E40" s="5" t="inlineStr">
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>15.500,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76353", "151")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76353", " COLHEDORA DE CANA J. DEERE NW 3520, ANO 2012, EQ. 4300063, LOC. NARANDIBA")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>22.500,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76342", "152")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76342", " COLHEDORA DE CANA J. DEERE NW 3520, ANO 2012, EQ. 4300065, LOC. NARANDIBA")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>23.500,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76351", "153")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76351", " COLHEDORA DE CANA J. DEERE NW 3520, ANO 2013, EQ. 4300070, LOC. NARANDIBA")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
-      <c r="F40" s="4" t="inlineStr">
-[...213 lines deleted...]
-      <c r="D47" s="4" t="inlineStr">
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76355", "154")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76355", "COLHEDORA DE CANA J. DEERE NW 3522, ANO 2014, EQ. 4300086, LOC. NARANDIBA")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
-      <c r="E47" s="5" t="inlineStr">
-[...254 lines deleted...]
-      </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>9.500,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76345", "155")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76345", " COLHEDORA DE CANA J. DEERE NW 3520, ANO 2012, EQ. 4300057, LOC. NARANDIBA")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>26.500,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>