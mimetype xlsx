--- v0 (2025-12-25)
+++ v1 (2026-03-28)
@@ -269,219 +269,195 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74632", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74632", "ITENS DIVERSOS  - VEJA DESCRITIVO DE ITENS - Araçariguama, SP")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74634", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74634", "3 ITENS - TROMBA ROLETE e CURVA - VEJA DETALHES NO DESCRITIVO - Desenho Cuiabá, MT")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74635", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74635", "ITENS - MANGA E BICO - VEJA DETALHES NO DESCRITIVO - Pinheiro Machado, SP")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74636", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74636", "ITENS DIVERSOS - MANGA, CHAPA, TAMPA E BUCHA - VEJA DESCRITIVO DE ITENS - Salto de Pirapora, SP")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="C13" s="4" t="inlineStr">
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74637", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74637", "ITENS DIVERSOS - CHAPAS, ROLETES, ETC - VEJA DETALHES NO DESCRITIVO - Santa Helena, SP")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D13" s="4" t="inlineStr">
-[...62 lines deleted...]
-      </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74644", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74644", "7 TRILHOS - Xambioá, TO")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>