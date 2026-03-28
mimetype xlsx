--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,891 +269,783 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74683", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74683", "Arquivo Deslizante Aceco 121984 medidas A=2,20xL=3,20xC=4,77 cm - FCBM 190406 -0")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>785,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>55.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74797", "005")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74797", "APARELHO ELIPTICO RIGHETTO R550 FCBM 275428-2")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74820", "012")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74820", "COMPRESSOR DE AR AIRZAP DA1000-25VFP FCBM302754-6")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...41 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74795", "023")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74795", "APARELHO ELIPTICO RIGHETTO R550 FCBM 275426-6")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74790", "024")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74790", "CAMERA DE VIDEO SONY PDW700 FCBM 214698-3")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>2.275,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74791", "027")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74791", "CAMERA DE VIDEO SONY PDW700 FCBM 214700-9")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74794", "028")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74794", "VIEWFINDWE SONY HDFV-20A FCBM 225475-1")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>357,50</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74796", "029")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74796", "APARELHO ELIPTICO RIGHETTO R550 FCBM 275427-4")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74802", "030")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74802", "COMPRESSOR DE AR AIRZAP DA1000-25VFP FCBM 302750-3")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
+      <c r="E19" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...53 lines deleted...]
-      <c r="D15" s="4" t="inlineStr">
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74793", "031")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74793", "VIEWFINDWE SONY HDFV-20A FCBM 225474-3")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="E15" s="5" t="inlineStr">
-[...21 lines deleted...]
-      <c r="C16" s="4" t="inlineStr">
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>357,50</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74804", "032")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74804", "COMPRESSOR DE AR AIRZAP DA1000-25VFP FCBM 302752-0")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74792", "033")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74792", "CAMERA DE VIDEO SONY PMW-EX3 FCBM 214128-1")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>1.050,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74799", "034")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74799", "APARELHO ELIPTICO RIGHETTO R550 FCBM 275430-4")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>2.050,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74798", "035")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74798", "APARELHO ELIPTICO RIGHETTO R550 FCBM 275429-1")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D16" s="4" t="inlineStr">
-[...68 lines deleted...]
-      <c r="E18" s="5" t="inlineStr">
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
-      <c r="F18" s="4" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D19" s="4" t="inlineStr">
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74805", "036")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74805", "COMPRESSOR DE AR AIRZAP DA1000-25VFP FCBM 302753-8")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="E19" s="5" t="inlineStr">
+      <c r="E25" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
-      <c r="F19" s="4" t="inlineStr">
-[...53 lines deleted...]
-      <c r="D21" s="4" t="inlineStr">
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74811", "037")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74811", "COMPRESSOR DE AR AIRZAP DA1000-25VFP FCBM 302759-7")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="E21" s="5" t="inlineStr">
+      <c r="E26" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
-      <c r="F21" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E22" s="5" t="inlineStr">
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74801", "038")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74801", "COMPRESSOR DE AR AIRZAP DA1000-25VFP FCBM 302749-0")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74807", "039")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74807", "COMPRESSOR DE AR AIRZAP DA1000-25VFP FCBM 302755-4")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74810", "040")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74810", "COMPRESSOR DE AR AIRZAP DA1000-25VFP FCBM 302758-9")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74800", "041")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74800", "COMPRESSOR DE AR AIRZAP DA1000-25VFP FCBM 302747-3")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74808", "042")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74808", "COMPRESSOR DE AR AIRZAP DA1000-25VFP FCBM 302756-2")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74812", "043")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74812", "COMPRESSOR DE AR AIRZAP DA1000-25VFP FCBM 302760-1")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74803", "044")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74803", "COMPRESSOR DE AR AIRZAP DA1000-25VFP FCBM 302751-1")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74809", "045")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74809", "COMPRESSOR DE AR AIRZAP DA1000-25VFP FCBM-302757-1")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74701", "13032")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74701", "TRITURADOR DE RESIDUOS CLEANY F08/085, FCBM 281961-9           ")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
         <is>
           <t>1.050,00</t>
         </is>
       </c>
-      <c r="F22" s="4" t="inlineStr">
-[...48 lines deleted...]
-      <c r="C24" s="4" t="inlineStr">
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74702", "19056")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74702", "  280862-5 TRITURADOR DE RESIDUOS CLEANY F08/085       ")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D24" s="4" t="inlineStr">
-[...63 lines deleted...]
-      <c r="D26" s="4" t="inlineStr">
+      <c r="D36" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="E26" s="5" t="inlineStr">
-[...292 lines deleted...]
-      <c r="F35" s="4" t="inlineStr">
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-[...30 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74703", "22144")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74703", "213436-5 - MONITOR DE VIDEO 8,5 LCD SONY")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>