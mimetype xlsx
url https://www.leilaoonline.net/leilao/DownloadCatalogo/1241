--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,1691 +269,1483 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75645", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75645", "Jogo de sala: 1 mesa 1.60x 0.75 + 6 cadeiras + mesa de centro  0.75x0.75 + mesa canto 0.50x0.50  + aparador  1.20 x 0.45")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74787", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74787", "( 3 itens) 2 bancos + 1 suporte + kit ferragem para prateleira podendo montar até  8.00 metros de comprimento x 2.40 de altura . Sendo 10 colunas  de 2.40 mts de altura + 6 bandeja + 7 hastes simples. Produto usado.")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74753", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74753", "Kit espátula para desmontagem de pneus sem camara  de caminhão produto  sem uso")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74737", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74737", "(3 itens) 1 macaco  jacaré  2 toneladas com maleta + 1 chave pneumática 1/2 polegada + 1 calibrador digital. Todos sem uso .")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74738", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74738", "(2 itens) 1 calibrador  digital + 1 macaco jacaré  2 toneladas  com maleta.")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75646", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75646", "Lava louça brastemp  0.60x0.50. Funcionando")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74778", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74778", "Macaco jacaré  3 toneladas compacto  para veiculo rebaixado +  1 cavalete alto para veiculos em elevadores + 2 cavaletes para 3 toneladas +  Suporte para motor para mecânicas. Sem uso. ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74736", "013")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74736", " 10 protetores de camara de ar aro 20   10 protetores de camara de ar aro 16   10 protetores de camara de ar aro 22 para caminhao. Produto sem uso.")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>520,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74734", "014")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74734", " 50 protetores de camara de ar aro 20   20 protetores de camara de ar aro 16   20 protetores de camara de ar aro 22 para caminhao. Produto sem uso.")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>1.550,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74781", "015")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74781", "2 pares de lampadas led automotiva H11/ H16 /H8 Philips ultinon. Pouco uso.")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74754", "016")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74754", "Macaco jacaré para empilhadeira 4 toneladas. +  aproximadamente 75 rodas de ferro usada. Sem uso. Na caixa. ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74786", "022")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74786", " 5 pneus de trilha")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74739", "025")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74739", " Balanceadora para rodas de veiculos de passeio, usada. +  Calibrador digital completo, sem uso. +  6 pneus  de moto usados")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>2.520,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74744", "027")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74744", " Esticador hidraulico 6 toneladas, produto sem uso.")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>620,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74745", "032")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74745", " ( 3 itens) Macaco jacaré 2 toneladas sem uso + esticador hidráulico 6 toneladas sem uso + calibrador digital, sem uso.")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74742", "034")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74742", " 2 macaco jacaré 2 toneladas, sem uso.")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74740", "036")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74740", " Bomba dágua, sem uso. +  maleta de ferramentas  com 113 peças  sem uso")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74743", "038")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74743", "( 3 itens) 1 macaco jacaré  2 toneladas longo sem uso + 1 esticador  hidráulico 6 tonelada sem uso + 1 calibrador  digital sem uso")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>1.690,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74752", "041")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74752", " 1 carro esteira para mecânico   1 macaco hidráulico  de 8 toneladas   quadro de ferramentas com 10 ganchos. Produto sem uso.")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>440,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74759", "043")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74759", " (2 itens) 1 maleta ferramentas  113 peças    1 jogo de soquetes  com 24 peças . Sem uso +  Medida aferidora para conbustivel para posto, produto sem uso. +  Pingadeira de óleo 25 litros, produto sem uso.")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>850,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74750", "048")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74750", " Balde para troca de oleo de cambio e diferencial capacidade 14 litros, produto sem uso.")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>230,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74749", "049")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74749", " 2 pneus de empilhadeira medida  600-9   2 camaras de ar aro 9   2 protetor aro 9. Produtos sem uso. +  2 pneus  de empilhadeira  medida  650-10   2 camaras de ar aro 10   2 protetor aro 10, produto sem uso.")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74758", "051")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74758", " Maleta ferramentas carrinho  com 186 peças  sem uso.")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E13" s="5" t="inlineStr">
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74756", "052")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74756", " (4 itens) 1 torquimetro de estalo   1 jogo de chave combinada   1 tesoura de poda   1 bomba  manual de 58 cm. Sem uso ")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74757", "054")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74757", " 10 bandeja de pintura  sem uso +  24 torneira plastica de pia 1/2 sem uso +  24 torneiras plastica para tanque  sem uso. +  24 torneiras plastica para jardim. Sem uso +  24 torneiras plastica para lavatório sem uso")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>410,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74769", "057")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74769", " ( 8 itens)  1 kit c/ 8 peças  chave fenda e philips  1 engraxadeira   1 alicate corte   1 alicate uiversal  1 pistola cola quente  1 kit chave alen  1 kit chave combinada   1 arco serra. Sem uso.")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>170,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74774", "060")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74774", "  8 itens)  1 kit c/ 8 peças  chave fenda e philips  1 engraxadeira   1 alicate corte   1 alicate uiversal  1 pistola cola quente  1 kit chave alen  1 kit chave combinada   1 arco serra. Sem uso.")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>170,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74765", "061")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74765", "  ( 7 itens) 1 jg chave fenda e philips   1 multimetro digital    1 alicate  corte   1 alicate  universal   1 ferro de solda   1 kit chave alen   1 pistola de cola quente. Tudo  Sem uso. ")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>170,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74768", "063")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74768", " ( 4 itens ) 1 multimetro digital   1 nivel a laser   1 alicate  amperimetro   1 relogio comparador. ")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>230,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74772", "064")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74772", " ( 2 itens) 1 torquimetro   1 relogio comparador sem uso.")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74773", "066")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74773", " ( 3 itens) 1 kit ferramentas 117Pç   1 cabo bateria   1 arco de serra. Sem uso ")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74767", "067")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74767", " ( 3 itens) 1 jg soquetes com 24 peças    1 arco de serra   1 cabo de bateria. Sem uso. ")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74770", "068")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74770", "  ( 4 itens) 1 maleta de ferramentas 117 Pç    1 cabo de bateria   1 arco de serra   1 multimetro. Sem uso.")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74766", "069")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74766", " ( 6 itens) 1 cabo de bateria   1 chave de roda   1 jg chave allen  1 jg chave fenda e philips   1 jg chave boca   1 bomba pedal. Sem uso. ")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>170,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74764", "070")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74764", " ( 3 itens) 1 pistola de pintura   1 jg chave fenda e philips   1 pistola  de cola quente  Sem uso. ")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>140,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74763", "071")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74763", " ( 3 itens) 1 jg soquete  com 24 Pç   1 bomba de encher de pedal   1 jg chave fixa. Sem uso .")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>170,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74775", "073")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74775", "( 5 itens) 1 multimetro digital com sensor + 1 alicate amperimetro + 1 ferro de solda + 1 pistola  de cola + 1 alicate bico. Sem uso.")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74776", "074")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74776", "( 4 itens) 1 grampeador pneumatico 1 pistola cola quente + 1 alicate bico + 1 jg chave fixa 8 Pç. Sem uso .")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74777", "075")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74777", "( 4 itens) 1 multimetro digital + 1 nivel a laser + 1 alicate  amperimetro + 1 ferro  de solda. Sem uso.")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74705", "076")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74705", " Farol automotivo. Sem uso +  Gabinete de informática altura 26 cm, largura 53 cm , profundidade 37 cm. +  Diversas peças para rodoar de caminhão, sem uso.")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74718", "081")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74718", " 12 pares de manete de motos diversas, produto sem uso.")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74733", "082")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74733", " 10 Protetor de câmara de ar de caminhão aro 22, sem uso.")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74708", "085")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74708", " 8 kits reparo de pneu sem câmara, com macarrão, sem uso.")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74710", "086")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74710", " Máquina para artesanado para frisar chinelos e outros, sem uso.")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74712", "089")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74712", " 4 rodas de ferro aro 14 usadas para aplicação  volkswagem +  4 rodas de ferro aro 13, usadas, linha volkswagem.+  Shampoozeira para lava rápido de uso profissional, produto sem uso.")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74715", "093")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74715", " Shampoozeira para lava rápido de uso profissional, produto sem uso.")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74714", "094")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74714", " Shampoozeira para lava rápido de uso profissional, produto sem uso. +  Macaco jacaré 2 toneladas sem uso, na caixa. ")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74706", "097")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74706", " painel de shampoozeira para lava rapido sem uso")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74719", "098")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74719", " 12 pares de manete de motos diversas, produto sem uso.+ 3 pares de manete de motos diversas   6 pares de manete de moto anodizado   1 par de manopla.  produto sem uso. +  10 suportes para capacete para expor em loja. ")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...1470 lines deleted...]
-      </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74724", "100")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74724", "2 carburador de moto ybr 1 kit cilindro de motor titan SEM USO 2 baterias moura novas 1 bateria moura usada +  3 pares de amortecedor de moto colorido, produto sem uso. +  3 kit de relação de moto produto de qualidade superior, produto sem uso. + 4 kit de relação  de moto diversas  produto de qualid")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74717", "105")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74717", " 2 gabinetes de informática com diversas peças dentro. Altura 0.39 cm largura 0.53 cm profundidade 0.67 cm")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74729", "115")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/74729", " Macaco hidropneumatico capacidade 20 toneladas. Produto sem uso, na caixa")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>