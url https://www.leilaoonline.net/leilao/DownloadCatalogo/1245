--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,315 +269,279 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75072", "008")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75072", "ÔNIBUS M.BENZ/INDUSCAR APACHE U, ANO 2010/2010 CAP 26 P - FUNCIONANDO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75071", "009")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75071", " veja vídeo - ONIBUS M.BENZ/INDUSCAR FOZ U, ANO 2010/2010 CAP 31 P - FUNCIONANDO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75647", "010")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75647", "EMPILHADEIRA MADAL 5 TONELADAS DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>28.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75070", "012")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75070", "MOTONIVELADORA NEW HOLLAND; ANO 2010 - FUNCIONANDO")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>47</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>197.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75074", "013")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75074", "CARROCERIA S10 CABINE SIMPLES")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75076", "014")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75076", "TANQUE PARA COMBUSTÍVEL 4 MIL LITROS")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75077", "015")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75077", "MOTONIVELADORA VOLVO G930; ANO 2010 - FUNCIONANDO")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>157.500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>2500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75078", "016")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75078", "EIXO DIANTEIRO; CAMINHÃO AXOR 2831; ANO 2013; COM TAMBORES DE FREIOS CUÍCAS ESTABILIZADOR")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>1.350,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75079", "017")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75079", "CAPOTA DE LONA PARA F4000; MEDIDAS 240 LARGURA POR 2 METROS DE COMPRIMENTO")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>