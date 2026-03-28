--- v0 (2025-12-25)
+++ v1 (2026-03-28)
@@ -269,2651 +269,2323 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76462", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76462", "Caminhão MB 1113 1982 - Roll-on ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>95.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76461", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76461", "VW 18.310 Titan - 2005 ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>55.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76460", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76460", "Scania 112 - 1990 Truck - Com Munck ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
+      <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>75.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76445", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76445", " Cavalo Ford Cargo 4331 2004 e prancha 2 eixos.  Cavalo com guincho caçador")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>97.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75936", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75936", "Caminhão VW 24.280 - 2012/2013")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>120.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76315", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76315", "Caminhão MB 710 1997 - NO CHASSI - SEM EQUIPAMENTO")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76328", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76328", "Caminhão MB 14/18 4x4 - 1996")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75954", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75954", "Caminhão VW 11.140 - Pl.: KUL-6715")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75904", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75904", " Caminhão MB 712 C 1999 - funcionando")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75901", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75901", " Caminhão MB 1620 1997 Com Roll-on G25 2008  - funcionando")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>120.750,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75926", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75926", " Caminhão Volvo NL10  1992  - funcionando")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75925", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75925", " Caminhão EUCLID SUCATA S/documentos - fora de estrada ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>18.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75902", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75902", " Caminhão MB 1618 1994 Carroceria Aberta - funcionando")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>75.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76326", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76326", "Caminhão MB 2216 1986 - Sucateira Com aranha Motocana - Funcionando")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>85.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75920", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75920", " Caminhão VOLVO NL 12 360 1995 - funcionando")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76476", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76476", "Caminhão MB 1519 1979 - cavalo ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75938", "020")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75938", "Trator MF 235")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76324", "021")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76324", "Trator Agrale 4300 ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75905", "022")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75905", " Trator Valmet 880 - 1998")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...36 lines deleted...]
-      <c r="C13" s="4" t="inlineStr">
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>28.250,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75867", "023")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75867", " Trator MF 95x")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75865", "024")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75865", " Trator MF 85x")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75861", "025")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75861", " Trator MF 55x")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75873", "026")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75873", " Trator MF 275")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75942", "027")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75942", "Trator Ford 4610")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75939", "028")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75939", "Trator Valmet 685")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D13" s="4" t="inlineStr">
+      <c r="D35" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D14" s="4" t="inlineStr">
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>23.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75870", "029")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75870", " Trator MF 290 - Trator Gafanhoto - passador de veneno ")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>37.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75924", "030")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75924", " Trator Hanomag 545 ")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75937", "031")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75937", "Trator Agrale com roçadeira ")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75940", "032")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75940", "Trator MF 296")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75941", "033")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75941", "Trator MF 275 ")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76331", "034")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76331", "Trator CBT 1105")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76627", "035")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76627", "Trator. Agrale. 4100.")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76628", "036")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76628", "Trator Agrale 4300")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76456", "040")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76456", "Motocana MF 290")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76439", "041")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76439", "Garra Sucateira ")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>43.250,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76455", "042")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76455", "Máquina de Solda com motor MWM 3 cilindros D-229  - Rebocável ")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D15" s="4" t="inlineStr">
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>9.250,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76329", "043")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76329", "Retroescavadeira MF 86")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76322", "044")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76322", "Empilhadeira 5 Ton. Madal - diesel")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E15" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75929", "045")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75929", " Rolo Compactador XCMG  XS120PD 2011 TRAÇADO")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>113.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...42 lines deleted...]
-      <c r="C17" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75880", "046")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75880", " Pulverizador Tanque Jacto ")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75906", "047")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75906", " Guindaste Krane Kar Motor MB - Funcionando")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75910", "048")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75910", " Guindaste Madal 9 Ton -  Motor MB")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76800", "049")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76800", "D8 - Funcionando, sem bateria.")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75944", "050")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75944", "Grade de controle remoto ")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D17" s="4" t="inlineStr">
+      <c r="D54" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E17" s="5" t="inlineStr">
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75943", "051")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75943", "Grade de arrasto 20 discos ")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75866", "052")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75866", " Bomba")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75863", "053")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75863", " Rolo ")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75876", "054")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75876", " Cultivador Sta Matilde ")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75864", "055")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75864", " Rolo renovável ")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75946", "056")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75946", "Empilhadeira. Clark. 7. T. ")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75947", "057")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75947", "Rolinho Dynapac - Sem motor")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76443", "058")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76443", "Lote com: 9 rodas")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76441", "059")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76441", "Sapinho elétrico ")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76626", "060")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76626", "Retroescavadeira Case 580H")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76318", "070")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76318", "Caixa Usimec ")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76319", "071")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76319", "Compactador Planalto - Para Veículo 3/4")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76321", "073")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76321", "Caixa Usimec - Para veículo 3/4")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75932", "074")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75932", " Compactador Usimeca Brutos 2010")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75900", "075")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75900", " Compactador Usimeca Brutos 2010")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75912", "080")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75912", "Tanque Truck")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75883", "081")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75883", " Caçamba Truck ")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75879", "082")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75879", " Tanque de água ")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75871", "083")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75871", " Caçamba Toco")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75893", "084")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75893", " Tanque 5/190")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75886", "085")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75886", " Tanque fossa")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75887", "086")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75887", " Caçamba Truck ")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75888", "087")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75888", " Caçamba Toco")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75890", "088")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75890", " Caçamba toco")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75885", "089")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75885", " Tanque fossa")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75884", "090")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75884", " Poliguindaste 3/4")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75928", "092")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75928", "Reboque - 1 eixo ")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76325", "093")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76325", "Reboque - 1 eixo ")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75952", "100")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75952", "Mercedes ML 350 Bluetec - Diesel -  2013/2014 Final pl: 1 ")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>142.000,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76316", "101")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76316", "Ranger Rover. Hse. Diesel. /2012.  ")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
         <is>
           <t>80.000,00</t>
         </is>
       </c>
-      <c r="F17" s="4" t="inlineStr">
-[...80 lines deleted...]
-      <c r="C20" s="4" t="inlineStr">
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76799", "102")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76799", "Ford Ranger LTD Diesel - 2006/2006 ")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75955", "110")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75955", " SUCATA - PAJERO HPE 3.2 D 2006/2007- SUCATA SEM DOCUMENTOS (4 portas com vidro blindado preto)- PL.:AAV-5559 - CH.: JMYLYV78W7JA00156 SEM DOCUMENTO")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76332", "111")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76332", "Sucata - Sem documento - SCANIA 141")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75862", "120")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75862", " Sucata Retro Esteira")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>13.000,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76330", "121")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76330", "Sucata de Valtra")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D20" s="4" t="inlineStr">
-[...260 lines deleted...]
-      <c r="E28" s="5" t="inlineStr">
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75892", "122")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75892", " Sucata S90")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75875", "123")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75875", " Sucata Trator Pá Ford")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
-      <c r="F28" s="4" t="inlineStr">
-[...2014 lines deleted...]
-      </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75874", "124")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75874", " Sucata Motocana MF 65 R")</f>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>