--- v0 (2025-12-26)
+++ v1 (2026-03-29)
@@ -269,379 +269,335 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6961", "211")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6961", " HONDA; CITY LX FLEX; 2011/2012; CINZA;  ALCO./GASOLI.;  - IPVA 2017 PAGO -")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>31.250,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7006", "230")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7006", "HONDA; FIT LX FLEX; ANO/MOD. 2008/2009; ALCO./GASOL.; PRATA; IPVA 2017 PAGO - ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>21.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6968", "235")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6968", "FITA STRADA ADVENTURE CD 1.8 8V, ANO/MOD 2010/2010, ALCO./GASOLINA, PRETA - IPVA 2017 PAGO -")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>52</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>23.050,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6967", "243")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6967", "TOYOTA, COROLLA GLI FLEX, 2013/2014, ALCO./GASOL. PRATA - IPVA 2017 PAGO -")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>43.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6990", "244")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6990", "HONDA; ACCORD LX; ANO/MOD. 2006/2007; GASOL/GNV; PRATA; ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>14.150,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6991", "245")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6991", "JTA/SUZUKI BURGMAN 400; 2001/2001; PRATA; GASOLINA;")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>4.350,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6962", "251")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6962", "I/JAC J6 2.0 DIAMOND 7 LUGARES, ANO/MOD 11/12, COR PRATA, - IPVA 2017 PAGO -")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6963", "255")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6963", "I/ VW JETTA, ANO/MOD 07/07, GASOLINA, PRETA - IPVA 2017 PAGO - ")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>59</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>21.700,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6965", "257")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6965", "I; MMC AIRTREK MIVEC. ANO/MOD. 2006/2006, COMB. GASOLINA, COR PRATA,")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>14.500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6966", "258")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/6966", "MITSUBISHI OUTLANDER 2.4 16V, ANO/MOD 08/09 - IPVA 2017  PAGO")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>24.250,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7007", "260")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/7007", "FORD / FIESTA 1.6 FLEX, ANO / MOD 12/13, IPVA 2017 PAGO")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>19.500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>