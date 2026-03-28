--- v0 (2025-12-25)
+++ v1 (2026-03-28)
@@ -269,347 +269,307 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75349", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75349", " SUCATA - SEM DOCUMENTOS -  VOLKSWAGEN 17.280 CONSTELLATION,  TRUCADO / MANUAL,  PREF.:  214149,  PLACA KWO8135 ANO / MOD:  2014 / 2015 RENAVAM 1031859214 CHASSI:  953658247FR507469 EQUIP.:  S/ EQUIPAMENTO OBS:  SINTESE DO ESTADO, ANEXO.  SUCATA - SEM DOCUMENTOS. ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>22.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75348", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75348", " VOLKSWAGEN 17.280 CONSTELLATION, TRUCADO / MANUAL, PREF.:  214147,  PLACA KWO8137 ANO / MOD:  2014 / 2015 RENAVAM 1031864838 CHASSI:  953658243FR507064 EQUIP.:  USIMECA - BRUTUS 19 m³ OBS:  SINTESE DO ESTADO, ANEXO. ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>179</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>128.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75347", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75347", " LOTE RETIRADO DO LEILÃO POR PROBLEMAS NA DOCUMENTAÇÃO.  VOLKSWAGEN 17.280 CONSTELLATION, TRUCADO / MANUAL,  PREF:  214148,  PLACA KWO8B36 ANO / MOD:  2014 / 2015 ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75350", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75350", " VOLKSWAGEN 17.250E WORKER, TOCO / MANUAL,  PREF: 210157 PLACA EUF1369 ANO / MOD:  2011 RENAVAM 316643556 CHASSI:  9533N82TXBR129913 EQUIP.:  FACCHINI - GUINDASTE HIDRÁULICO F-7,5/2H / FACCHINI - CAÇAMBA BASC. GRANELEIRA 20M³ OBS:  SINTESE DO ESTADO, ANEXO. ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>95</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>135.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75441", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75441", "VOLKSWAGEN 17.250E WORKER, Toco,  PREF: 211179, ANO/MOD:  2011 / 2012PLACA: KOW6A53,  RENAVAM:  478707193, CHASSI:  9533N82T2BR166762,  COM COMPACTADOR. , OBS:  SINTESE DO ESTADO, ANEXO. ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>72</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>71.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75592", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75592", "Separador a indução.   Comprimento, 2.000 mm,  Calha de separação:  500 mm, Largura útil: 650 mm,  Potência total:  7,5 Kw,  Calha de descarga para alumínio e cobre. NO ESTADO. ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...100 lines deleted...]
-      <c r="C16" s="4" t="inlineStr">
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75593", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75593", "Macinatore – GS 600 GENIUS , Moedor de rolo único para triturar (ralar) materiais em pequenas proporções., Tensão de alimentação: 220~380 V, Medidas do funil de entrada: 1300x750mm, Medidas do triturador: 650x450mm, Medida do material triturado: 22mm, , NO ESTADO. ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D16" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="C17" s="4" t="inlineStr">
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>103</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>54.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75594", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75594", ""PENEIRA ROTATIVA , Peneiramento de resíduos triturados, Tensão de alimentação: 380 V, Medidas  ( C x L): 8.000X 2000, Medidas diâmetro: 1500 mm, Medida do material triturado:   25mm e 50 mm, Capacidade de produção: 15 ton/h.   NO ESTADO. "")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D17" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="C18" s="4" t="inlineStr">
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>11.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75595", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75595", ""Triturador SEIBT , Tensão de alimentação: 380 V, Medidas diâmetro: 1500 mm, Medida do material triturado:  25mm e 50 mm, Capacidade de produção: 15 ton/h.   NO ESTADO "")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D18" s="4" t="inlineStr">
-[...30 lines deleted...]
-      </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>88</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>47.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75596", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75596", "2 Tanques de Inox  ( capacidade de 10 Ton) . No estado. ")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>