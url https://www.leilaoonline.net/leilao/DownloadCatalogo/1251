--- v0 (2025-12-25)
+++ v1 (2026-03-28)
@@ -269,1947 +269,1707 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76440", "100")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76440", "CAMINHÃO FORD CARGO 1717 E BASCULANTE; 2007/2007; BRANCA; DIESEL - FROTA A55 - FUNCIONANDO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>68.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76442", "101")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76442", "CAMINHÃO FORD CARGO 1717 E BASCULANTE; 2007/2007; BRANCA; DIESEL - FROTA A75 - FUNCIONANDO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>65.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76444", "102")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76444", "BAÚ PARA CAMINHÃO TOCO")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76446", "103")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76446", "VW/VOYAGE GL; 1987/1988; VERDE; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76458", "104")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76458", "GM/CHEVROLET 11000 COM MUCK; MARCA GUINDAUTEC; 1985/1986; BRANCA; DIESEL; CAP: 2,5 TON. - FUNCIONANDO")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>42.850,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>550.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76459", "105")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76459", "CAMINHÃO VW 26.260E BI TRUCK; 2011/2012 - IPVA 2021 PAGO - FUNCIONANDO")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>142.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76457", "106")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76457", "I/CHERY; CELER 1.5 FLEX; 2013/2014; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>64</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>13.150,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75362", "200")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75362", "veja o vídeo!! GM; S10 2.2 RONTAN AMB; 2000/2000; BRANCA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>13.250,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75363", "202")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75363", "veja o vídeo!! GM/BLAZER COLINA 4X4; 2005/2005; PRETA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>40</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>30.500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75361", "205")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75361", "veja o vídeo!! I/MINI; COOPER S; 2009/2010; VERMELHA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>33.400,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>450.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75351", "210")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75351", "veja o vídeo!! I/HYUNDAI; AZERA 3.0 V6; 2012/2013; PRATA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>37.250,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>1250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75963", "211")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75963", "JEEP/COMPASS LONGITUDE F; 2018/2018; BRANCA; ALCO./GASOL.; APROX. 14.000KM - FUNCIONANDO - IPVA 2021 PAGO")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>51</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>88.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75472", "212")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75472", "veja o vídeo!! I/AUDI; A3 SPORTBACK 2.0T FSI; 2010/2011; PRATA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>41.800,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75642", "213")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75642", "veja o vídeo!! I/BMW X1 SDRIVE1.8I VL31; 2012/2012; BRANCA; GASOLINA - FUNCIONANDO; IPVA 2021 PAGO")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>35.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75471", "215")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75471", "veja o vídeo!! HONDA; HR-V LX CVT; 2019/2019; AZUL; ALCO./GASOL. APROX. 29.000KM - FUNCIONANDO")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>57</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>69.900,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75474", "216")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75474", "veja o vídeo!! FIAT; ARGO DRIVE 1.0; 2018/2018; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>58</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>37.800,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75643", "217")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75643", "veja o vídeo!! GM/BLAZER COLINA 4X4; 2008/2009; CINZA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>75</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>27.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75710", "218")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75710", "veja o vídeo!! I/MINI COOPER SCA; 2011/2012; PRATA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>70.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76448", "219")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76448", "veja o vídeo!! I/FORD EDGE V6 FWD; 2011/2012; PRETA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>33.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76323", "220")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76323", "I/VOLVO XC60 3.0T AWD; 2010/2010; PRETA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>46</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>27.500,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76327", "221")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76327", "I/TOYOTA CAMRV XLE; 2007/2008; PRATA; GASOLINA - FUNCIONANDO - IPVA 2021 PAGO")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>24.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75357", "222")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75357", "I/KIA; SPORTAGE EX3 2.0G4; 2011/2012; PRATA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>32.500,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75483", "223")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75483", "veja o vídeo!! HONDA/CIVIC LXR; 2013/2014; PRATA; ALCO/GASOL. - FUNCIONANDO; IPVA 2021 PAGO")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>73</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>45.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76463", "224")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76463", "veja o vídeo!! HONDA/FIT EX FLEX; 2011/2012; PRETA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76145", "225")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76145", "veja o vídeo!! HONDA/FIT TWIST; 2013/2013; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2021 PAGO")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>31.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76363", "226")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76363", "HONDA/FIT LXL; 2008/2008; CINZA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>47</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>18.750,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75486", "228")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75486", "HONDA/CIVIC LX; 2002/2002; PRETA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>13.750,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75476", "229")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75476", "FORD; WILLIAM COURIER AMB; 2008/2009; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>14.900,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75487", "230")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75487", "FIAT/ARGO DRIVE 1.0; 2019/2020; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>89</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>42.350,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75473", "231")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75473", "VW; FOX 1.0 GII; 2011/2011; CINZA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>38</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>16.200,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75475", "232")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75475", "veja o vídeo!! I/CHERY; QQ 1.1; 2013/2014; VERMELHA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>9.500,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75485", "233")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75485", "HONDA/PCX 150; 2015/2016; CINZA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>6.750,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75479", "234")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75479", "DAFRA; CITYCOM 300I; 2015/2016; PRETA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>7.750,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75354", "235")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75354", "YAMAHA/RD 350 R; 1991/1991; BRANCA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>4.900,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75353", "237")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75353", "veja o vídeo!! COFAVE/APRILIA; PEGASO650; 2001/2002; PRATA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>5.600,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76464", "240")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76464", "CITROEN/C3 EXCL 14 FLEX; 2012/2012; BRANCA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75490", "250")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75490", "IMP/TOYOTA; COROLLA DX; 1994/1995; VERDE; GASOLINA")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>4.150,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75477", "263")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75477", "veja o vídeo!! RENAULT; LOGAN EXP 1016V; 2010/2011; PRATA; ALCO./GASOL. - FUNCIONANDO - IPVA 2021 PAGO")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>12.750,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75478", "267")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75478", "veja o vídeo!! BICICLETA BIKE LIT MOTORIZADA 80CC COM RODAS V-MAX RAIO GROSSO; ANO 2020 - FUNCIONANDO")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>1.950,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75481", "270")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75481", "veja o vídeo!! VW/ FUSCA 1300; 1970/1970; AZUL - FUNCIONANDO")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>6.800,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75489", "271")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75489", "veja o vídeo!! VW/FUSCA 1300; 1972/1972; BRANCA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>19</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>6.100,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75358", "280")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75358", "GM/KADETT GSI MPF I;1994/1994; PRATA, GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>11.250,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76465", "291")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76465", "veja o vídeo!! VW/GOL GL; 1990/1990; VERMELHA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>5.200,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76447", "292")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76447", "veja o vídeo!! VW/GOL 1000; 1994/1994; BRANCA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>17</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>3.400,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76438", "293")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76438", "veja o vídeo!! VW/GOL GTS; 1989/1989; VERDE; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>65</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>12.400,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75972", "294")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75972", "veja o vídeo!! VW/GOL GTS; 1988/1988; VERMELHA; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>58</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>13.600,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76436", "295")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76436", "veja o vídeo!! VW/FUSCA 1300 L; 1977/1977; BRANCA - FUNCIONANDO")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>4.150,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75860", "296")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75860", "VW/FUSCA 1500; 1972/1972; VERDE; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>9.250,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75969", "297")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75969", "veja o vídeo!! VW/GOL GT; 1986/1986; VERMELHA; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>64</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>14.900,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75970", "298")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75970", "veja o vídeo!! VW/PASSAT GTS POINTER; 1985/1986; CINZA; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>13.600,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75971", "299")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75971", "veja o vídeo!! VW/GOL GTS; 1988/1988; PRETA; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>65</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>14.800,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75352", "300")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75352", "VW; PARATI 2.0; 2000/2001; CINZA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>6.750,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75359", "301")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75359", "veja o vídeo!! VW/GOL GL 1.8; 1993/1993; CINZA; ALCOOL - TURBO LEGALIZADO - FUNCIONANDO")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>43</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>15.750,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75355", "302")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75355", "vídeo novo!! GM; MONZA SL/E; 1984/1984; VERDE; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>4.150,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75356", "303")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75356", "FIAT; 147 GLS; 1980; AZUL; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>3.700,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75484", "305")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75484", "VW/FUSCA 1600; 1993/1994; BRANCA; ALCOOL - FUNCIONANDO")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>35</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>16.450,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75488", "307")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75488", "veja o vídeo!! VW/FUSCA 1300 L; 1977/1977; BRANCA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>32</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>7.750,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75644", "308")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75644", "veja o vídeo!! JET SKI SEA DOO RXT 260 IS 2010; 96 HORAS")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>90</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>34.550,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76452", "309")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76452", "RODAS ARO 16; 5 FUROS; ORIGINAL DA VOLVO S60")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76466", "310")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76466", "22 PNEUS DIVERSOS - MEDIDAS NAS ESPECIFICAÇÕES")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>