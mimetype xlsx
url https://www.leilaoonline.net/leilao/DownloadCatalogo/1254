--- v0 (2025-12-25)
+++ v1 (2026-03-28)
@@ -269,1531 +269,1343 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76858", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76858", "TROLLER T4 XLT AT. DIESEL. AUTOMÁTICO. ANO 2020 (Aprox. 17.000 km)")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>175.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75964", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75964", "[ VÍDEO ] ROLO COMPACTADOR DYNAPAC. MOD. CA25. ANO APROX. 1991")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>65.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75461", "002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75461", "[ VÍDEO ] TRATOR DE ESTEIRA NEW HOLLAND. MOD. D180C. ANO 2016")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>280.100,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75464", "003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75464", "[ VÍDEO ] TRATOR ESTEIRA CATERPILLAR. MOD. D6T XL. ANO 2007")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>199.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75967", "004")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75967", "[ VÍDEO ] MINI ESCAVADEIRA DOOSAN. MOD. DX35. ANO 2011. APROX. 4138 HRS")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>76.750,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75462", "005")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75462", "TRATOR MASSEY FERGUSON. MOD. 3690. ANO 2003.")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>54.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76437", "006")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76437", "[ VÍDEO ] IVECO/ DAILY D CAMPO 3513. ANO 2006.")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>47.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76449", "007")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76449", "[ VÍDEO ] ROLO COMPACTADOR MULLER. MOD. AP23.ANO APROX. 90")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>49.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75465", "008")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75465", "ROLO COMPACTADOR TEMA TERRA. ANO. 1987")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>34.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75466", "009")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75466", "[ VÍDEOS ] TRATOR ESTEIRA CATERPILLAR. MOD. D4ESR. ANO 1991.")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...68 lines deleted...]
-      <c r="C15" s="4" t="inlineStr">
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>86.750,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75457", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75457", "[ VÍDEO ] PÁ CARREGADEIRA CATERPILLAR. MOD. 930. TRANSMISSÃO CATERPILLAR. ANO 1981")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D15" s="4" t="inlineStr">
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>90.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75456", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75456", "CARROCERIA DE MADEIRA. 8 M.")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76534", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76534", "[ VÍDEO ] ROLO COMPACTADOR DYNAPAC. MOD. CA25PD (TRAÇADO). ANO APROX. 1988")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>66.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75445", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75445", " ROLO COMPACTADOR MULLER. MOD. TI 18. ANO 1987. MOTOR MERCEDES. TRASMISSÃO CLARK 28.000")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>29.600,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76454", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76454", "[ VÍDEOS ] RETROESCAVADEIRA CATERPILLAR. MOD. 416C. 4X2. COM MANUAL. ANO APROX. 2000")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>59.900,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75468", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75468", "[ VÍDEO ] ESCAVADEIRA CATERPILLAR. MOD. 320D. ANO 2010")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>221.100,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76474", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76474", "[ VÍDEO ] RETROESCAVADEIRA NEW HOLLAND. MOD. LB90. 4X4. ANO 2007")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>87.250,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76475", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76475", "[ VÍDEO ] RETROESCAVADEIRA JCB. MOD. 3C. ANO 2010. 4X4 TRAÇADO (4 PNEUS COM POUCO USO)")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>105.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75444", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75444", "[ VÍDEO ] ROLO MULLER TC18. ANO 92")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>32.400,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75458", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75458", "[ VÍDEO ] MINI CARREGADEIRA VOLVO. MOD. MC 60C. ANO 2012. (Aprox. 1.000 hrs)")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>73.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75448", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75448", "[ VÍDEO ] VIBRO ACABADORA. MOD. SA41. ANO 88")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>53.900,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75460", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75460", "CARRETA REBOQUE PARA TRANSPORTE DE MINIESCAVADEIRA / MINICARREGADEIRA")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>5.900,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75459", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75459", "[ VÍDEO ] TRATOR DE ESTEIRA CATERPILLAR. MOD. D6T. ANO 2011")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E15" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D16" s="4" t="inlineStr">
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>217.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75469", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75469", "PÁ CARREGADEIRA CASE. MOD. 521D. ANO 2005.")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E16" s="5" t="inlineStr">
-[...58 lines deleted...]
-      <c r="D18" s="4" t="inlineStr">
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>131.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75449", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75449", "[ VÍDEO ] MINI CARREGADEIRA CATERPILLAR. MOD. 226B. ANO 2010")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E18" s="5" t="inlineStr">
-[...53 lines deleted...]
-      <c r="C20" s="4" t="inlineStr">
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>70.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76483", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76483", "[ VÍDEO ] CAMINHÃO FORD CARGO 1317E. ANO 2006. OPERACIONAL.")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>64.350,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76824", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76824", "FORD PAMPA GL. 4x4. ÁLCOOL. ANO 1992/1992.ORIGINAL. 2º DONO. COM MANUAL DE FÁBRICA. (apta à placa preta) ")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>26.500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76503", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76503", "REDUTOR MECÂNICO PARA CAMINHÃO")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>1.150,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76504", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76504", "LOTE COM 08 PISTÕES: 01 FH200, 01 POUCLAIN, 03 CAT E 03 WUBBER. E 01 COMANDO TRASEIRO DE FH80")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76505", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76505", "LOTE CONTENDO PEÇAS DIVERSAS.")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>3.250,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75446", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75446", "TRASMISSÃO DE MOTONIVELADORA CATERPILLAR 120H. ANO 99")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>33.250,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75447", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75447", "[ VÍDEO ] ROLO COMPACTADOR. MOD. TH10. ANO 87")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>10.500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76535", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76535", "[ VÍDEO ] ROLO COMPACTADOR DYNAPAC. MOD. CG11. ANO APROX. 91")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>23.500,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76604", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76604", "PÁ CARREGADEIRA NEW HOLLAND MOD. W200. ANO 2005. COM AVARIAS. NÃO OPERACIONAL.")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>89.250,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76605", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76605", "MUNCK 3,5 TON. COM BOMBA E TOMADA DE FORÇA")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76854", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76854", "[ VÍDEO ] TRATOR ESTEIRA CATERPILLAR. MOD. D6D. EMBREAGEM. ANO APROX. 1982")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D20" s="4" t="inlineStr">
+      <c r="D46" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E20" s="5" t="inlineStr">
-[...21 lines deleted...]
-      <c r="C21" s="4" t="inlineStr">
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>115.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75450", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75450", " EXTRUSORA DE PERFIS DE CONCRETO J. COLOMBO. MOD. PHITON. APROX. 700 HRS")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>12.200,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75452", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75452", " CARRETA. CHAPEADA DE AÇO")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76855", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76855", "[ VÍDEO ] PÁ CARREGADEIRA FIATALLIS. MOD. FR12. ANO 1991. (Revisado: motor, embuchamento, face, dente)")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>77.770,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76859", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76859", "[ VÍDEO ] PÁ CARREGADEIRA SEM. MOD. 638. ANO 2009.")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>89.900,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76860", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76860", "[ VÍDEO ] MOTONIVELADORA VOLVO. MOD. G930. ANO 2010")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>181.600,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75454", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75454", " COMPRESSOR ATLAS COPCO. MOD. PARAFUSO. MOTOR PERKINS DIESEL")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D21" s="4" t="inlineStr">
-[...383 lines deleted...]
-      <c r="D33" s="4" t="inlineStr">
+      <c r="D52" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E33" s="5" t="inlineStr">
-[...606 lines deleted...]
-      </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>16.900,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75451", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75451", " COMPRESSOR DE AR WAYNE")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>6.000,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75453", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75453", "[ VÍDEO ]  RETROESCAVADEIRA FIATALLIS. MOD. FB 80. MOTOR MWM. ANO 1995")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>36.900,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75455", "053")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75455", " RIPPER DE TRATOR ESTEIRA D8K. COMPLETO. COM 1 UNHA.")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75443", "058")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75443", "[ VÍDEO ] ROLO COMPACTADOR MULLER TC18 . MARCA: MULLER . MODELO:  TC18 . ANO: 1987 ")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>24.000,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75442", "059")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75442", " CARRETA C/ MESA DE 6 M ")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>