--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,1595 +269,1399 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75505", "002")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75505", " PRANCHA. 8,50M DE COMPRIMENTO (CAMINHÃO NÃO INCLUSO)")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>13.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75517", "003")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75517", " CAMINHÃO VOLKSWAGEN 8150E DELIVERY, 2007, PLATAFORMA")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>67.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75518", "005")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75518", " CAMINHÃO FORD 14000. ANO 1990")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>27.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75503", "006")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75503", " CAMINHÃO PANDA FORD CARGO 2628 E BETONEIRA SITI 8M³. ANO 2011/2012")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>247.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75550", "007")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75550", " CAMINHÃO BETONEIRA FORD CARGO 2425. ANO 2001/2002")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>97.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75508", "008")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75508", " MINI ESCAVADEIRA BOBCAT 325, ANO 2011, APROX. 3.135 HORAS")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>67.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75502", "009")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75502", " ESCAVADEIRA HIDRÁULICA KOMATSU PC 138, 14 TONELADAS, ANO 2009, APROX. 8.500 HORAS")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>137.500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75507", "010")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75507", " PÁ CARREGADEIRA CATERPILLAR 950G, ANO: 1998")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>87.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75510", "012")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75510", " CAMINHÃO FORD CARGO 2628E KM: 91.742. ANO 2010 BETONEIRA 8 M³ ")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>117.500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75511", "013")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75511", "CAVALO MECÂNICO MERCEDES-BENZ LS1630. ANO 1996/1996")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>37.500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75515", "014")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75515", " BETONEIRA LIEBHERR ANO 2009, 8M³")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>37.500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75514", "016")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75514", " ESCAVADEIRA DE ESTEIRA LIEBHERR 942, ANO 2012, DIESEL, APROX. 25.000 HORAS")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>97.500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75506", "017")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75506", " ESCAVADEIRA JCB JS-200 ANO 2010, APROX. 5.000 HORAS")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>127.500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75509", "018")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75509", " ROLO COMPACTADOR MULLER, ANO: 2000")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>37.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75504", "019")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75504", " MINI ESCAVADEIRA HIDRÁULICA XCMG XE80, 2012, 8 TONELADAS, APROX. 5.000 HORAS")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>97.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75516", "020")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75516", " ESCAVADEIRA HIDRÁULICA CATERPILLAR. MOD.  311 D. ANO 2011")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>147.500,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75512", "021")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75512", " ESCAVADEIRA HIDRÁULICA HYUNDAI. MOD. 160. ANO 2008")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>147.500,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75501", "022")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75501", " ESCAVADEIRA HIDRÁULICA NEW HOLLAND. MOD. F130SRLC,  ANO 2008")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>127.500,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75519", "023")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75519", " ESCAVADEIRA HIDRÁULICA CATERPILLAR. MOD. 315 CL. ANO 2007")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>97.500,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75520", "024")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75520", " RETROESCAVADEIRA CASE 580M TURBO,  ANO 2009")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>117.500,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75521", "025")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75521", " RETROESCAVADEIRA JCB 214, ANO 2009")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>27.500,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75522", "026")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75522", " PRANCHA LONGA. SEM MARCA. T: 9.0, L: 14.50, B: 3.620. Caminhão não incluso.")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>32.500,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75551", "027")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75551", " VW GOLF 2.0. ANO: 2002/2003 ")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75523", "028")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75523", " IMP WILLYS OVERLAND. ANO 1954")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>37.500,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75525", "031")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75525", " ESCAVADEIRA HIDRÁULICA KOMATSU PC 138, 14 TONELADAS, ANO 2009. APROX.  5.000 HORAS")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>137.500,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75524", "032")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75524", " BETONEIRA SITI, 8 m³ (REF. LOT1)")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>22.500,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75526", "033")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75526", " BETONEIRA SITI ANO 2008, 8 m³(REF. LOT2)")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>22.500,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75531", "034")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75531", "  BETONEIRA SITI, 8 m³(REF. LOT3)")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>22.500,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75532", "035")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75532", "  BETONEIRA LIEBHERR ANO 2012, 8 m³(REF. LOT4)")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>37.500,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75528", "036")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75528", "  BETONEIRA LIEBHERR ANO 2011, 8 m³(REF. LOT5)")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>37.500,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75533", "037")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75533", "  BETONEIRA LIEBHERR, 8 m³(REF. LOT6)")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>3.750,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75529", "038")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75529", "  BETONEIRA LIEBHERR, 8 m³(REF. LOT7)")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>7.700,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75530", "039")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75530", "  BETONEIRA SCHWING ANO 2008 SITI, 8 m³(REF. LOT8)")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>32.500,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75527", "040")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75527", "  BETONEIRA SITI, 7 m³(REF. LOT9)")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75534", "041")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75534", "  BETONEIRA SITI, 8 m³(REF. LOT10)")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>11.000,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75536", "042")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75536", " BETONEIRA SITI ANO 2008, 8 m³(REF. LOT11)")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>17.500,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75535", "043")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75535", " BETONEIRA RIGONI ANO 2007, 8 m³(REF. LOT12)")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>22.500,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75540", "044")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75540", "  BETONEIRA LIEBHERR, 8 m³(REF. LOT13)")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>22.500,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75537", "045")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75537", "  BETONEIRA SITI, 8 m³(REF. LOT14)")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75539", "046")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75539", " BETONEIRA LIEBHERR, 8 m³(REF. LOT15)")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75538", "047")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75538", "  BETONEIRA LIEBHERR ANO 2012, 8 m³(REF. LOT16)")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>22.500,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75541", "048")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75541", " BETONEIRA LIEBHERR ANO 2012, 8 m³(REF. LOT17)")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>22.500,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75545", "049")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75545", " GUINCHO SOBRE RODAS M/GALION, CAPAC. 13,5 TONELADAS")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>11</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75542", "050")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75542", " CAMINHÃO FORD CARGO 2628E KM: 87.121 ANO 2010 BETONEIRA 8 M³ ")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>117.500,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75543", "051")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75543", " CAMINHÃO VW 26.260E ANO 2009 BETONEIRA LIEBHERR 8 M³ ")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>117.500,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75547", "052")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75547", " COMPRESSOR DE LIXO USIMECA. ANO 2006. 12 TON")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75548", "053")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75548", " COMPRESSOR DE LIXO USIMECA. ANO 2007 . 12 TON")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75544", "054")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75544", " CAMINHÃO VW 26.260E. ANO 2007. BETONEIRA LIEBHERR 8 M ")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>117.500,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75546", "055")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75546", " CAMINHÃO FORD CARGO 2628E KM: APROX. 79.350. ANO 2010. BETONEIRA 8 M³")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>117.500,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>