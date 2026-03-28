--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,347 +269,307 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79191", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79191", " Aproximadamente 1 tonelada de sucata de Inox ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>6.100,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79190", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79190", " Aproximadamente 30 tonelada de sucata de Ferro ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>61.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79193", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79193", " Aproximadamente 52 tonelada de sucata de eletrodo de Grafite ")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>71</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79196", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79196", " Aproximadamente 11 tonelada de sucata de Pasta Eletródica ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>8.250,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79194", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79194", " Aproximadamente 2 tonelada de sucata de Cobre ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>102</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>49.750,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79823", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79823", "Plataforma Elevatória Genie - Funcionando - Precisa de reparos ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>183</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>113.500,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79824", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79824", "Pá Carregadeira Hyundai 757 - Funcionando - Necessita de reparos - Sem Ar - Sem caçamba")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>94</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>72.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79195", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79195", " Motocana MF - Funcionando - 14 Peças de garras reserva")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>208</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>110.000,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79198", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79198", " Guindaste Galion - Hidráulico desmontado - Não funcionando")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>18.500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79192", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79192", " Guindaste Zoolion QT50H - 2007 (descritivo em anexo) ")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>52</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>182.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>