--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,1787 +269,1567 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75743", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75743", " Diferencial e Tander de: XCMG e SHANTUI com correntes e pinças de freio. Equipamentos Chineses. No estado que se encontra .")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76872", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76872", "MECÂNICA DE IMP IVECOFIAT E 160E21. ANO 98/ 99: Diferencial Rockwell 240, feixo de molas, eixo traseiro, motor, caixa de marcha e cabine.")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75763", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75763", " Cilindros hidráulicos diversos , caterpillar , Hyundai , sany, Xcmg. Aprox. 28 pçs.")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78084", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78084", "MINICARREGADEIRA NEW HOLLAND. MOD. L170. SEM MOTOR. SISTEMA HIDRÁULICO COMPLETO")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78075", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78075", "02 Joysticks para escavadeiras. Universal. Semi novos.")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78082", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78082", " 02 Joysticks para escavadeiras. Universal (sem uso)")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75747", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75747", " Buchas diversas (sem uso) para equipamentos diversos: HYUNDAI, XCMG, SHANTUI, KOMATSU, CATERPILLAR, etc. No estado que se encontra.")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76873", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76873", "Diferenciais, cilindros e braço articulador de Caterpillar mod. 950G")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76878", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76878", " Diferencial Mercedes")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76874", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76874", "RETROESCAVADEIRA FIATALLIS MOD. 80.3. Faltam motor e pneus.")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76879", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76879", "MUNCK. 6 T.")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76877", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76877", "05 Máquinas de Solda")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76876", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76876", " Concha de manipulador")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76875", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76875", "PÁ CARREGADEIRA CATERPILLAR MOD. 966R. Mecânica ,necessita de revisão. Equipamento parou funcionando.")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>85.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76880", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76880", "PÁ CARREGADEIRA CATERPILLAR MOD. 966R. Mecânica ,necessita de revisão. Equipamento parou funcionando.")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>85.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75745", "018")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75745", " Impressora alys 30 , plotter desativada. No estado que se encontra.")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77860", "019")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77860", " Diferenciais de 966C , caterpillar ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77862", "020")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77862", " 02 Alternadores BOSCH estacionários para balsas, embarcações, ônibus e outros. 24/28V. Operacionais")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77863", "021")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77863", " 02 Alternadores BOSCH estacionários para balsas, embarcações, ônibus e outros. 24/28V. Operacionais")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77861", "022")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77861", " 02 Alternadores BOSCH estacionários para balsas, embarcações, ônibus e outros. 24/28V. Operacionais")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77858", "023")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77858", " 02 Alternadores BOSCH estacionários para balsas, embarcações, ônibus e outros. 24/28V. Operacionais")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77859", "024")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77859", " 02 Alternadores BOSCH estacionários para balsas, embarcações, ônibus e outros. 24/28V. Operacionais")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77857", "025")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77857", " 03 Alternadores BOSCH estacionários para balsas, embarcações, ônibus e outros. 24/28V. Operacionais")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75746", "037")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75746", " Compressor para ar condicionado de ônibus , termo King, ingesol, com alternador e base. No estado que se encontra.")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75744", "042")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75744", " Reparos,peças,retentores,gaxetas de caminhões e máquinas diversos,Fechaduras,tampas de escavadeiras e trincôs de portas,trava da  porta da escavadeira.No estado que se encontra.")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75748", "049")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75748", " Parafusos,arruelas,porcas,graxeiros diversas medidas.No estado que se encontra.")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75750", "050")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75750", " Parafusos,porcas diversos,No estado que se encontra.")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75749", "051")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75749", " Parafusos,porcas,travas,arruelas,prisioneiros.No estado que se encontra.")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75751", "056")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75751", " Roldanas,buchas,celeron,Equipamento ZM 800.No estado que se encontra.")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75752", "062")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75752", " Molas de suspensão.No estado que se encontra.")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>480,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75756", "080")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75756", " Círculo e buldozer da motoniveladora SANY 190. No estado que se encontra.")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>4.200,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75753", "081")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75753", " Eixo dianteiro motoniveladora SANY,190,suporte do círculo,tander do lado direito completo,escarificador completo.No estado que se encontra.")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75754", "085")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75754", " Acumuladores de GR 180 XCMG.No estado que se encontra.")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75755", "086")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75755", " Cabine 966c  CATERPILLAR . No estado que se encontra.")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75758", "088")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75758", " Transmissão para 930 T , no estado que se encontra.")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...142 lines deleted...]
-      <c r="E15" s="5" t="inlineStr">
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75760", "089")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75760", " Transmissão para 966R , transmissão canadense , no estado que se encontra.")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
-      <c r="F15" s="4" t="inlineStr">
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75768", "090")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75768", " Semi eixos: caminhões e barras direcionais para motonilevadoras. No estado que se encontra.")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75761", "091")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75761", " Comandos finais para escavadeiras Hyundai 210 , no estado que se encontra.")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75764", "093")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75764", " Transmissão modelo ZF , para equipamentos chineses:  XCMG, SHANTUI, XCMA, DINAPAC. No estado que se encontra.")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75759", "094")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75759", " Bombas , válvulas, pedais de escavadeira Hyundai e pá mecânica para Hyundai e máquinas de desmanche. No estado que se encontra.")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75765", "096")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75765", " Comando final e diferencial de pá mecânica chinesa , W50L. No estado em que se encontra.")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75757", "097")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75757", " Reservatório para caminhões volkswagem e Mercedes , no estado que se encontra.")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75767", "098")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75767", " Boias de tanque para caminhões volkswagem , Mercedes , volvo , no estado que se encontra.")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...25 lines deleted...]
-      <c r="F16" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75766", "100")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75766", " Volantes de motores Cummins, no estado que se encontra.")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-[...1177 lines deleted...]
-      <c r="F53" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75773", "108")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/75773", "Mini carregadeira New Holland. Faltando peças e componentes.")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78081", "200")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78081", " Eletroduto corrugado, 4 polegadas, 10 rolos com 100metros, Marca canaflex Pead, sem uso, no estado que encontra.")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-[...25 lines deleted...]
-      <c r="F54" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78083", "201")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78083", " Eletroduto corrugado, 4 polegadas, 10 rolos com 100metros, Marca canaflex Pead, sem uso, no estado que encontra.")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-[...52 lines deleted...]
-      <c r="E56" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78078", "202")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78078", " Eletroduto corrugado, 4 polegadas, 10 rolos com 100metros, Marca canaflex Pead, sem uso, no estado que encontra.")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
-      <c r="F56" s="4" t="inlineStr">
+      <c r="F58" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-[...20 lines deleted...]
-      <c r="E57" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78085", "203")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78085", " Eletroduto corrugado, 4 polegadas, 10 rolos com 100metros, Marca canaflex Pead, sem uso, no estado que encontra.")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
-      <c r="F57" s="4" t="inlineStr">
+      <c r="F59" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-[...20 lines deleted...]
-      <c r="E58" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78076", "204")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78076", " Eletroduto corrugado, 4 polegadas, 10 rolos com 100metros, Marca canaflex Pead, sem uso, no estado que encontra.")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
-      <c r="F58" s="4" t="inlineStr">
+      <c r="F60" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-[...20 lines deleted...]
-      <c r="E59" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78086", "205")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78086", " Eletroduto corrugado, 4 polegadas, 10 rolos com 100metros, Marca canaflex Pead, sem uso, no estado que encontra.")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
         <is>
           <t>5.500,00</t>
         </is>
       </c>
-      <c r="F59" s="4" t="inlineStr">
+      <c r="F61" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-[...25 lines deleted...]
-      <c r="F60" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78080", "206")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78080", " Transformador traffo 500kwa. 220, 380. Semi novo. Em funcionamento.")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78077", "207")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78077", "Empilhadeira Hister. Diesel. 4 toneladas. Falta motor de partida e alternador.")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>24.000,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78079", "208")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78079", " Bancada de lubrificação bozza 6 carretéis, com 6 motores elétricos, quadro de funcionamento.")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-[...126 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78087", "209")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78087", " Comboio melosa, 2,5 m/l , 06 propulsora, sem compressor, no estado que se encontra.")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>15.000,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>