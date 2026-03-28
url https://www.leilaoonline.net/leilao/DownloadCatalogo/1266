--- v0 (2025-11-15)
+++ v1 (2026-03-28)
@@ -269,1819 +269,1595 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76554", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76554", " PAINEL SAMSUNG COLOR DISPLAY UNIT MODELO IF025IFHB - Ligando")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76568", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76568", " Lote com: 40 Unidades de HDS DIVERSOS PARA DESKTOP")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76577", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76577", " Lote com: 30 unidades- TERMOMETROS DE GATILHO DIVERSOS")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76575", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76575", " Lote com: 12 unidades - GAVETAS DE DINHEIRO GERBO")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76578", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76578", " Lote com: 100 unidades de MONITORES LCD DIVERSOS 15,16,17,18" ( para peças ) ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E15" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76573", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76573", " Lote com:  7  unidades de FILTROS BOMBA DIVERSOS E 1 unidade de FILTRO BOMBA VEICO DE 0,5 HP - Ligando")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76560", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76560", " GPS SONAR RAYMARINE E120")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76580", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76580", " Lote com: 11 unidades de DUCHAS DIVERSAS  LORENZETTI/CORONA - Sem Uso ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76563", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76563", " Lote com: 26 Unidades de MONITORES DIVERSOS 14,15,16,17,22 Pols. - Funcionando ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76571", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76571", " Lote com: 12 unidades - IMPRESSORAS EPSON WP 4592 E WP 4092")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76576", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76576", " IMPRESSORAS LEXMARK CX410DE - ligando")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76556", "013")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76556", " Lote com: AMERICAN DYNAMICS MODELO ADTT16E Para Câmeras e TOUCH TRACKER DOME CONTROLER")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76557", "014")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76557", " Lote com: 9 Unidades de CÂMERAS DE FILMAGEM RETRÔ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76572", "015")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76572", " OCILOSCÓPIO PITEK OS 605 - Ligando")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76574", "016")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76574", " Lote com: 5 uni. ESTAÇÃO DE SOLDA DIVERSAS - Ligando")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76591", "017")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76591", " SISTEMA DE ASPERCION AVIGA  36 DC SERIES MIATECH PARA REFRIGERAÇÃO LEGUMES - Ligando ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76588", "018")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76588", " Lote com: 5 Unidades de  MINI CPUS HP e 2 unidades de  MINI CPUS SUPERA THINAGE")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76593", "019")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76593", " Lote com: 13 Unidades de MINI CPUS NEOWARE")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E13" s="5" t="inlineStr">
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76579", "020")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76579", " Lote com: 5 Unidades de AUXILIADOR DE PARTIDA BLACK DECKER ")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76586", "021")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76586", " Lote com: 5 Unidades de AUXILIADOR DE PARTIDA BLACK DECKER ")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76589", "022")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76589", " PLOTTER  PROFISSIONAL DESIGNJET  HP 800 - Ligando ")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76594", "023")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76594", " Lote com: 90 Unidades de FONTES ALIMENTADORAS PARA IPHONE")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76584", "024")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76584", " Lote com: MONITORES  1 unidade de 22", 3 unidades de 16" e 2 unidades de 19" - Funcionando")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76590", "025")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76590", " Lote com: 1 unidade de SWITCH POWEREDGE 180AS, 6 unidades de  FONTES REDUNDANTESPOWER CONNECT RPS 600 e RPS720")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E14" s="5" t="inlineStr">
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76583", "026")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76583", " Lote com: 10 unidades de RASTREADOR DE CARGAS SENSITECH")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76592", "027")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76592", " ACIONADOR COM CARTÃO PARA CANCELA DE ESTACIONAMENTO - WPS")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76585", "028")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76585", " Lote com: 20 Unidades de FONES PARA GAMER E JOYSTICK - Na caixa - diversos")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76598", "029")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76598", " Lote com: 150 unidades de FONTES DIVERSAS PARA NOTEBOOK")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76582", "030")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76582", " Lote com: 50 unidades de Modulo De Bateria Para Ventilador Pulmonar Maquet - Recarregáveis")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76587", "031")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76587", " Lote com: 50 unidades de Modulo De Bateria Para Ventilador Pulmonar Maquet - Recarregáveis")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76622", "032")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76622", "Lote com: 12 unidades de pinpad gertec ppc920/930, 2 unidades de leitores de mesa metrológico, 1 unidade de impressora Zebra etiqueta zp500 plus, e 1 unidade de Bematech não fiscal 4000 mi th ")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76569", "033")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76569", " Lote com: 2 unidades de SISTEMA DE DIAGNÓSTICO POR ULTRA SOM PVT-375BT - TOSHIBA ")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76619", "034")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76619", "Lote com:  lixadeiras, cortadores de grama, assopradores, furadeira e lixadeira circular de piso  - Funcionando")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76620", "035")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76620", "Lote com:  7 unidades de mesas gráficas para assinatura digital com caneta Wacon Olivetti Stu500b")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76621", "036")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76621", "Lote com:  2 unidades de Cisco Gateway Spa8800")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76623", "037")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76623", "Inversor de frequência WEG CFW 700")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>2.050,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76624", "038")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76624", "Lote com: 60 unidades de Cabo modelo 5k1fn26501 para monitor Dell - Sem uso ")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
-      <c r="F14" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="C15" s="4" t="inlineStr">
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76625", "039")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76625", "Lote com: 60 unidades de Cabo modelo Ty5k1900d - Sem uso ")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76823", "040")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76823", "Relógio ponto Henry Orion 6c - Ligando")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76856", "041")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76856", "Lote com: 8 unidades de monitores funcionando AOC modelo 1670SWU 15,6"")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77777", "042")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77777", "Lote com: 12 Placas de vídeo - Diversas")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D15" s="4" t="inlineStr">
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77802", "043")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77802", "Inversor de tensão Vagon")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E15" s="5" t="inlineStr">
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78231", "044")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78231", "Lote com: 6 monitores de 15' -  funcionando")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76553", "101")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76553", " Lote com: 59 unidades de TERNOS RISCO DE GIZ - ADUANA - tamanhos e cores diversas -  SEM USO ")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>5.200,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76565", "102")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76565", " Lote com: 59 Unidades de CAMISAS MANGA LONGA DIVERSAS - tamanhos e cores diversas")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>2.800,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76570", "103")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76570", " Lote com: 22 unidades de CALÇA SOCIAL TAMANHOS DIVERSOS - ADUANA - SEM USO")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>440,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76558", "104")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76558", " Lote com: 30 unidades de CAMISA MANGA CURTA BRANCA TAMANHOS 3 E 4")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76564", "201")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76564", " Lote com: VENDA DE TODO MATERIAL EM ESTOQUE - Apróx. 15.000 peças - Impressoras, projetores, Cpus, Monitores, compressores, coletores, fontes.")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76567", "301")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76567", " Lote com: 5 unidades - LONGARINAS PRETAS ")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76559", "302")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76559", " Lote com: 15 unidades de MESA DE ESCRITÓRIO RETANGULAR")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
-      <c r="F15" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E16" s="5" t="inlineStr">
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76566", "303")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76566", " Lote com: 4 unidades de AR CONDICIONADO 90.000 BTUS COMPLETOS e 1 unidade de AR CONDICIONADO 60.000 BTUS")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>11.500,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76562", "304")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76562", " Lote com: 3 unidades de FORNO INDUSTRIAL VENÂNCIO ")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76561", "305")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76561", "  Lote com: 19 unidades de CORPO DE MANEQUIM PARA MOSTRUÁRIO")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76555", "306")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76555", " Lote com: 19 unidades de CADEIRAS  - CINZA")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
-      <c r="F16" s="4" t="inlineStr">
-[...1534 lines deleted...]
-      </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76595", "307")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76595", " BUFFET COMPLETO COM CUBAS DE INOX - Para restaurante")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>3.200,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76596", "308")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76596", " FOGÃO INDUSTRIAL PARA RESTAURANTE - 6 Bocas")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>