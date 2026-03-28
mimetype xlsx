--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,603 +269,531 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76519", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76519", " Motoniveladora Caterpillar 120B  ANO / MOD:  1986 .  OBS:  Funciona")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76532", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76532", " Caçamba Cana Picada")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76526", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76526", " Roçadeira rotativa Herder, Roadmaster ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>7.250,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76527", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76527", " Diversas Plataformas Elevatórias para doca")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76518", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76518", " Rolo Compactador Caterpillar,  CP 533-D ANO / MOD:  2003 ,  OBS:  Funciona")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>82.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76522", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76522", " Caçamba Cana Picada")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76520", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76520", " Caçamba Cana Picada")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76528", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76528", " Roçadeira rotativa FLV - Herder")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76531", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76531", " Retroescavadeira CASE  580N 4X4 c/ Braço Extensor ANO / MOD:  2013 , OBS:  Funciona")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>148.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76524", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76524", " Sider Facchini,   três eixos ANO / MOD:  1995 PLACA FINAL: 28 ,  OBS:  Sem pneus")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>25.500,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76521", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76521", " Manipulador Genie,  GTH 4013 ANO / MOD:  2008 Nro. Série 18614 OBS:  Funciona")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>85.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76529", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76529", " Cavalo Mecânico Volvo,  VM 310 4X2 ANO / MOD:  2010 PLACA FINAL: 33 .")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
+      <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>90.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76523", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76523", " L200 GL 2.5 4x4 GL,  Mitsubishi ANO / MOD:  2009 / 2010 PLACA final: 34,  OBS:  Funciona")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>28.500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76525", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76525", " Carrinho de controle remoto - Revo 3.3 , Traxxas OBS:  Funciona")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...51 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76530", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76530", " Motor de popa 15hp , Evinrude")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...25 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76533", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76533", " Carreta Reboque/ Basculante SRF CB, Facchini ANO / MOD:  2011 / 2012 , PLACA FINAL: 14 . OBS:  Funciona")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>65.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77869", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77869", " Motor de popa de 2 tempos  25HP,  Marca: Evinrude")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...414 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78363", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78363", " Transbordo de Cana de 12 Toneladas, Marca: Antoniosi , Ano/Mod.: 2012 / 2013, no estado. (somente o Transbordo). ")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>