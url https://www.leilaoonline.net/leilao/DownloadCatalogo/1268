--- v0 (2026-02-11)
+++ v1 (2026-03-28)
@@ -269,859 +269,755 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76370", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76370", "NISSAN; FRONTIER XE 4X2; 2012/2013; PRETA; DIESEL")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>18.400,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>550.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76369", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76369", "VW/ÔNIBUS; INDUSCAR APACHE, 2006/2006, BRANCO, DIESEL, FROTA 128 - FUNCIONANDO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>25.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76367", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76367", "VW/ÔNIBUS; INDUSCAR APACHE, 2006/2006, BRANCO, DIESEL, FROTA 313 - FUNCIONANDO")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>27</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>25.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76368", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76368", "veja o vídeo!!! ÔNIBUS, VW INDUSCAR APACHE, 2008/2008, BRANCO; DIESEL - FROTA 103 - FUNCIONANDO")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>30.850,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>550.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76375", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76375", "CAMINHÃO FORD F350 G; 2011; BRANCO; COM CESTO AÉREO")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>62</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>76.750,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76374", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76374", "VOLVO; NL10 340 4X2; 1993/1993; BRANCA; DIESEL - MUNCK 8TON. - FUNCIONANDO")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>47</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>119.750,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76376", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76376", "GM/CHEVROLET 11000 COM MUCK; MARCA GUINDAUTEC; 1985/1986; BRANCA; DIESEL; CAP: 2,5 TON. - FUNCIONANDO")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>44.250,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76377", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76377", "I/FORD FUSION; 2014/2015; PRETA; GASOLINA; FROTA 070 - FUNCIONANDO")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76373", "010")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76373", "NISSAN; FRONTIER XE 4X2; 2012/2013; PRETA; DIESEL")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>23.100,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76371", "011")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76371", "NISSAN; FRONTIER XE 4X2; 2012/2013; PRETA; DIESEL")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>20.350,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76379", "015")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76379", "FORD/ECOSPORT XLT; 2008/2008; PRATA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>19.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76380", "016")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76380", "I/FORD TRANSIT 350L TA; 2011/2011; BRANCA; DIESEL")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>86</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>31.250,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76384", "017")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76384", "FIAT/STRADA VOLCANO 13CD; 2020/2021; FUNCIONANDO - APROX. 14 KM - IPVA PAGO")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>76.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76881", "018")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76881", "HYUNDAI/TUCSON GLSB; 2012/2013 - FUNCIONANDO")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>23.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76385", "019")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76385", "VW/KOMBI FURGAO; 2005/2005; BRANCA; GASOLINA; FOOD TRUCK - FUNCIONANDO")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>15.900,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76383", "020")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76383", "RENAULT; DUSTER 20D 4X2; 2014/2015; PRATA; ALCO./GASOL.- FROTA 520")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>13.300,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76407", "021")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76407", "veja o vídeo!! TRATOR VALMET 360; ANO 1960 (APROX.)")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76381", "025")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76381", " VW GOL 1.0 GIV 2011/2011 PRATA ALCO./GASOL. FROTA 169")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>7.650,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76477", "100")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76477", "CAMINHÃO FORD CARGO 1717 E BASCULANTE; 2007/2007; BRANCA; DIESEL - FROTA A55 - FUNCIONANDO")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>67.250,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76478", "101")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76478", "CAMINHÃO FORD CARGO 1717 E BASCULANTE; 2007/2007; BRANCA; DIESEL - FROTA A75 - FUNCIONANDO")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>51</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>71.250,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76479", "102")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76479", "BAÚ PARA CAMINHÃO TOCO")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
-      <c r="B16" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C16" s="4" t="inlineStr">
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76480", "103")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76480", "VW/VOYAGE GL; 1987/1988; VERDE; ALCOOL - FUNCIONANDO")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>58</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>10.600,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76482", "105")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76482", "CAMINHÃO VW 26.260E BI TRUCK; 2011/2012 - IPVA 2021 PAGO - FUNCIONANDO")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D16" s="4" t="inlineStr">
-[...233 lines deleted...]
-      <c r="F23" s="4" t="inlineStr">
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>129</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>138.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76382", "106")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76382", "I/VW; PASSAT VAR 2.0T FSI; 2008/2009; PRETA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>14.750,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76797", "202")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76797", "veja o vídeo!! GM/BLAZER COLINA 4X4; 2005/2005; PRETA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>31.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-[...382 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76798", "217")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76798", "veja o vídeo!! GM/BLAZER COLINA 4X4; 2008/2009; CINZA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>80</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>31.250,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>