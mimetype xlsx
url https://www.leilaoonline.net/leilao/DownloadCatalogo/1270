--- v0 (2025-12-25)
+++ v1 (2026-03-28)
@@ -269,251 +269,223 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76857", "003")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76857", "ITENS - MANGA E BICO - VEJA DETALHES NO DESCRITIVO - Pinheiro Machado, SP")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76467", "007")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76467", "3 PLACAS DES CPI-408 IE-M-53-00-68 -CORUMBÁ, MS")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76468", "008")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76468", "4 REVESTIMENTOS DES 2671 POS11 - ITAPEVA, SP")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76469", "009")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76469", "8 PÁS E 1 VIGA - CATALANGO, RJ - CONFIRA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>403,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...25 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76471", "010")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76471", "ITENS DIVERSOS LOC. ITAU DE MINAS, MG - CONFIRA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...42 lines deleted...]
-      <c r="C14" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76472", "011")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76472", "ITENS DIVERSOS - LOC. RIBEIRÃO GRANDE, SP - CONFIRA DESCRITIVO DE ITENS")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D14" s="4" t="inlineStr">
-[...62 lines deleted...]
-      </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>76</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>8.800,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76473", "012")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76473", "ITENS DIVERSOS - LOC. RIO BRANCO DO SUL, PR - CONFIRA DESCRITIVO DE ITENS")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>