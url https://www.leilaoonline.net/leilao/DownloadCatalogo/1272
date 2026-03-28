--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,507 +269,447 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76515", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76515", " FORNALHA HERCULES KIT: FORNALHA   QUEIMADOR   EXAUSTOR   SILO DE CAVACO. MARCA: IMTABII,  MODELO: IFS-30 / produção de 3.000.000 kcal/h, SEMI-NOVA, NECESSITA DE REPARO NO REFRATÁRIO NA CÂMARA DA FORNALHA,  HORAS TOTAL TRABALHADAS: 200H, DESMONTAGEM NO LOCAL DE RETIRADA. NO ESTADO.     ano:  2019")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>200.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76514", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76514", " TRILHADEIRA PARCELA IMACK TCI DIESEL,  EM FUNCIONAMENTO. NO ESTADO.   ano:  2013")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76516", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76516", " CULTIVADOR PARA CANA CRUA E QUEIMADA,  MARCA: DMB, MODELO: DUAS LINHAS.  EM FUNCIONAMENTO.  NO ESTADO.  ano:  2013 N. SÉRIE:  80 988-13")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>18.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76513", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76513", " DISTRIBUIDOR COMPOSTO ORGANICO VIBRAT, MARCA: TATU MARCHESAN, MODELO: DCO/v 5500, CAPACIDADE 5500KG, EM FUNCIONAMENTO.  NO ESTADO.  ano:  2013 N. SÉRIE:  0206-5740")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>27.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76517", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76517", " PULVERIZADOR AGRICOLA MODELO CONDOR M12,  MARCA: JACTO,  MODELO: CONDOR M12,  CAPACIDADE 600L, EM FUNCIONAMENTO.  NO ESTADO.  ano:  2013 N. SÉRIE:  694646")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>11.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76512", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76512", " PLANTADEIRA ULTRA FLEX 9/6 LINHAS, MARCA: TATU MARCHESAN, MODELO: ULTRA FLEX 9/6 LINHAS, EM FUNCIONAMENTO.  NO ESTADO.  ano:  2013")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77896", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77896", "Separador a indução.   Comprimento, 2.000 mm,  Calha de separação:  500 mm, Largura útil: 650 mm,  Potência total:  7,5 Kw,  Calha de descarga para alumínio e cobre. NO ESTADO. ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>100.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77897", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77897", "Macinatore – GS 600 GENIUS , Moedor de rolo único para triturar (ralar) materiais em pequenas proporções., Tensão de alimentação: 220~380 V, Medidas do funil de entrada: 1300x750mm, Medidas do triturador: 650x450mm, Medida do material triturado: 22mm, , NO ESTADO. ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
+      <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
-[...21 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>90.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77898", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77898", ""PENEIRA ROTATIVA , Peneiramento de resíduos triturados, Tensão de alimentação: 380 V, Medidas  ( C x L): 8.000X 2000, Medidas diâmetro: 1500 mm, Medida do material triturado:   25mm e 50 mm, Capacidade de produção: 15 ton/h.   NO ESTADO. "")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>58</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>50.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77899", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77899", "TRITURADOR SEIBT , 75 CV ; 1775 RPM;  tensão de alimentação 380 V;  Medidas do Triturador : 2,78 m altura ; Largura  1,70 m X 1,24m, Medidas do funil : 820 mm x 670mm,  Triturador de facas , utilizado para triturar plástico, papel, papelão e produtos alimentícios, CAPAC:  1,5 ton/h.    NO ESTADO")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>47.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77900", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77900", "2 Tanques de Inox  ( capacidade de 10 Ton) . No estado. ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...286 lines deleted...]
-      </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77904", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77904", "CAMINHÃO VOLKSWAGEN 17.250E WORKER, PREF: 211083, ANO/MOD:  2011/2012, PLACA: EZB0751, RENAVAM: 429633360, CHASSI: 9533N82T8CR215772,  Trucado AUTOM.  COM USIMECA - BRUTUS 19 m³: , NO ESTADO. ")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>76</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>77.500,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77905", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77905", "CAMINHÃO VOLKSWAGEN 17.250E WORKER, PREF:211087,  ANO/MOD:  2011/2012, PLACA: EZB1631, RENAVAM: 429634013, CHASSI: 9533N82T6CR216337,  Trucado AUTOM.  COM USIMECA - BRUTUS 19 m³: , NO ESTADO. ")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>65</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>72.000,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77906", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77906", "CAMINHÃO VOLKSWAGEN 17.250E WORKER, PREF:211088,   ANO/MOD:  2011/2012, PLACA:EZB1G42, RENAVAM: 429632185, CHASSI: 9533N82T3CR216361,  Trucado AUTOM.  COM USIMECA - BRUTUS 19 m³: , NO ESTADO. ")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>81</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>80.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77907", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77907", "CAMINHÃO VOLKSWAGEN 17.250E WORKER, PREF: 211091,  ANO/MOD:  2011/2012, PLACA: EZB1652, RENAVAM:429632835, CHASSI: 9533N82T8CR217392,  Trucado AUTOM.  COM USIMECA - BRUTUS 19 m³: , NO ESTADO. ")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>69</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>80.500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>