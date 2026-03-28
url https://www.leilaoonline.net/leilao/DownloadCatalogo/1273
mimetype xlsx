--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,1051 +269,923 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76658", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76658", "Furadeira Radial ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>19.500,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76630", "003")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76630", " Torno revólver Xervitt. Comprimento: 1,80m")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76629", "004")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76629", " Torno revólver Xervitt. Comprimento: 1,60m")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76653", "005")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76653", " Compressor de ar")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76659", "006")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76659", "6 furadeiras marteletes funcionando (alterado de 7 para 6 unidades)")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76635", "007")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76635", " Descascador de batatas")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76634", "008")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76634", " Liquidificador, pia em inox e uma mesa")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76637", "009")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76637", " Refrigerador de carnes")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76631", "010")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76631", " Refrigerador")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76632", "011")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76632", " Forno turbo gás")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76642", "013")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76642", " Máquina de lavar louças em inox ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76641", "015")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76641", " Escorredor de óleo")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76638", "016")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76638", " Lavador de cozinha industrial em inox")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>7.200,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76643", "022")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76643", " Lavadora de roupas e secadora em inox ")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76646", "023")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76646", " Máquina de lavar roupa industrial")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76647", "024")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76647", " Furadeira")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>380,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76650", "025")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76650", " Cortador de gramas a gasolina")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...20 lines deleted...]
-      <c r="E12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76645", "026")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76645", " Máquina de imprimir camisetas")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76644", "027")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76644", " Aparelho de ar condicionado")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76651", "028")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76651", " 3 enceredeiras industriais")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76652", "029")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76652", " Máquina de pintura")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76654", "030")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76654", " Massageador relax")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76655", "032")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76655", " Serra de disco completa")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76656", "033")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76656", " Balança e impressora")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76657", "034")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76657", " Lavadora de roupas industrial")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>6.100,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76660", "037")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76660", "Lote de torneiras e componentes +- 60 torneiras e chuveiros higiênico")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
         <is>
           <t>2.500,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76633", "038")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76633", " Lote de bandejas e panelas em alumínio e inox ")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...52 lines deleted...]
-      <c r="E14" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76649", "039")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76649", " Descascador de batatas")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76640", "040")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76640", " Armário em inox e 3 descansadores de pão")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
-      <c r="F14" s="4" t="inlineStr">
+      <c r="F39" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...25 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76636", "041")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76636", " 2 pias e 1 balcão em inox ")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...25 lines deleted...]
-      <c r="F16" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76639", "043")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76639", " Fatiador de legumes")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-[...798 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76648", "045")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76648", " 3 tanques e uma mesa em inox")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>