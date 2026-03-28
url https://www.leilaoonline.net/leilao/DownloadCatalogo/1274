--- v0 (2025-12-25)
+++ v1 (2026-03-28)
@@ -269,3547 +269,3107 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76892", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76892", "Moinhos p/ tinta 3 cilindros horizontal")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>16.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76726", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76726", "01 sanitário (azul)")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>999,99</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76744", "002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76744", "1 bicicleta elétrica com bateria. Falta carregador. Não esta funcionando. ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76729", "003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76729", "Bomba D'Água a diesel. Motor Deutz ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>4.900,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76742", "004")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76742", "1 coletor de pó")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77856", "005")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77856", "2 bombas palheta")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76728", "006")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76728", "Equipamento de pesca em bom estado - lista com descrição. ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78230", "007")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78230", "VENTOINHA")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76743", "008")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76743", "2 caçamba para 1500 kilos ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76735", "009")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76735", " 1 moinho para plástico")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>3.800,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76740", "010")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76740", " 1 moinho ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76746", "011")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76746", "Bicicleta sem uso. Freio a tambor")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76748", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76748", "Bicicleta sem uso. Freio a tambor")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76671", "017")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76671", " 2 exaustores")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76714", "019")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76714", " 1 moto redutor ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76717", "020")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76717", " 1 esteira com uv ")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76763", "021")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76763", "Resfriador de ar comprimido")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76661", "022")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76661", " 1 FURADEIRA DE BANCADA DAUER")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76662", "023")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76662", " VENTOINHA COM FILTRO")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76734", "024")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76734", "50 bolsas diversas")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76733", "025")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76733", "50 bolsas feminina diversas")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76732", "026")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76732", "20 bolsas feminina")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76731", "027")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76731", "20 bolsas feminina")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76764", "028")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76764", "FORNO")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76896", "029")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76896", "1 reservatório de pvc ")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76898", "030")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76898", "1 Bomba ")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76901", "031")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76901", "1 carrinho ")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76902", "032")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76902", "1 tamboriador")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76715", "033")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76715", " 1 ventilador. .")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76716", "034")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76716", " 1 misturador para laboratorio ")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76718", "035")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76718", "Centrífuga de roupas")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76712", "038")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76712", "VÁLVULA ROTATIVA")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76713", "039")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76713", "04 REDUTORES")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76711", "041")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76711", "GERADOR A GASOLINA. MOD. BLEZZER BL 3000.")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76710", "044")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76710", "1 PAINEL")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76709", "045")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76709", "1 esteira transportadora  inox 4 metros de inox com de pé ferro")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76708", "047")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76708", "1 lote contendo: motor, redutor, bomba e válvula ")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76707", "048")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76707", "1 aparelho de ar condicionado Carrier 35.000 BTU´s")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76706", "050")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76706", " UM MOINHO. SEM TAMPA")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76705", "051")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76705", " UM DURÔMETRO RELÍQUIA")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76704", "058")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76704", "Cofre em bom estado com chave")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76703", "061")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76703", "COLETOR E SEPARADOR DE ÓLEO")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76699", "065")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76699", " SERRA FITA COM SOLDA")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76700", "067")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76700", " BOMBA A DIESEL. SEM USO")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76698", "068")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76698", " BOMBA ÁGUA A GASOLINA. SEM USO.")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76696", "071")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76696", "06 PÁS PARA MISTURADOR")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76697", "074")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76697", " VENTILADOR INDUSTRIAL. 80 CM DE DIÂMETRO")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76691", "084")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76691", "CARROCERIA DE FIBRA/ PORTA FERAMENTAS. Para caminhonete.")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76692", "090")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76692", " BALANÇA PRECISÃO")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76693", "091")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76693", " VENTILADOR")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76664", "100")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76664", " TROCADOR DE CALOR, DIM. 2850 X 320 MM")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>4.100,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76663", "101")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76663", " TROCADOR DE CALOR, DIM. 1700 X 400 MM")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76666", "109")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76666", "1 UNIDADE DE CENTRÍFUGA C/ MOTOR ELÉTRICO POT. 2 CV")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76667", "124")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76667", " 2 PALETEIRAS ZELOSO PE 1000")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76665", "142")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76665", " MISTURADOR DE LÍQUIDOS EM INOX BERTUSO, ANO: 1997")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76669", "183")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76669", " 5 PROTOCOLADORES")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76670", "184")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76670", " SOPRADOR")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76672", "220")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76672", "1 UNIDADE DE CENTRÍFUGA C/ MOTOR ELÉTRICO POT. 2 CV")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76673", "221")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76673", "1 UNIDADE DE CENTRÍFUGA C/ MOTOR ELÉTRICO POT. 2 CV")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76674", "222")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76674", "1 UNIDADE DE CENTRÍFUGA C/ MOTOR ELÉTRICO POT. 2 CV")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76675", "231")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76675", "MOINHO DE TINTA. SEM MOTOR")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76676", "239")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76676", " bomba hidráulica")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76677", "241")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76677", " Redutor")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76678", "243")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76678", " 2 bombas")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76679", "245")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76679", "Redutor")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76680", "248")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76680", "SERRA PARA FERRO")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76681", "249")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76681", "Máquina gráfica. Alimentador para jornais e outros. Marca Ferag mod. RA VP 1:1")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76682", "250")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76682", " Carrinho hidráulico")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76683", "276")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76683", "35 peças de tarracha sendo: 13 de 3/8 e 22 de 1/2")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76685", "278")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76685", "SERRA FITA DUPLA")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76684", "279")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76684", " Dois redutores")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>1.120,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76687", "280")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76687", " Bomba de engrenagem para óleo")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76686", "281")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76686", " Válvula rotativa")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>1.260,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76689", "294")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76689", "ROLAMENTOS")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76690", "306")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76690", "VENTOINHA COM MOTOR BLINDADO")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76737", "307")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76737", " 2 motores 1 de 40 cv 1770 rpm . e 1 de 10cv 1750 rpm")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>2.700,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76739", "308")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76739", " 1 variador ")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76736", "311")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76736", " 1 bomba dosadora")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76738", "312")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76738", " Um aspirador de pó")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76741", "314")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76741", "1 redutor")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>70.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76727", "317")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76727", "7 redutores")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
-[...36 lines deleted...]
-      <c r="E13" s="5" t="inlineStr">
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76745", "318")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76745", "Parachoque para F1000 em bom estado")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76723", "319")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76723", " ESTEIRA EM INOX")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
         <is>
           <t>800,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76720", "321")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76720", " 1 Micro teste")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...57 lines deleted...]
-      <c r="F15" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76722", "322")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76722", " 1 micro teste para laboratório")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76721", "323")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76721", " 1 compressor com pulmão motor 15 vc 1780")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>2.800,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76719", "324")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76719", " 1 alimentador")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76730", "326")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76730", "Tanque PVC para geradores. 900 lts")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76750", "327")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76750", " 1 freezer inox")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76751", "328")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76751", " 1 passthru quente")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76749", "329")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76749", " 1 geladeira")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76754", "330")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76754", " 1 forno duas portas")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76752", "331")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76752", " 1 freezer")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76753", "332")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76753", " 1 freezer")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76755", "333")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76755", "1 redutor")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76756", "334")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76756", "Um motor acoplado com sistema hidráulico")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76759", "335")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76759", " 1 betoneira")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...25 lines deleted...]
-      <c r="F16" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76758", "337")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76758", " 1 agitador com aquecedor para laboratório")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-[...25 lines deleted...]
-      <c r="F17" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76757", "338")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76757", " 1 agitador com aquecedor para laboratório")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76761", "339")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76761", " 1 agitador com aquecedor para laboratório")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76760", "340")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76760", " 1 agitador com aquecedor para laboratório")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76765", "341")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76765", "1 redutor ")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-[...217 lines deleted...]
-      <c r="F24" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76766", "342")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76766", "Estufa ")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-[...25 lines deleted...]
-      <c r="F25" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76807", "343")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76807", " 1 balança para 150kilos ")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-[...153 lines deleted...]
-      <c r="F30" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76809", "344")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76809", " 1 balança toledo digital")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-[...25 lines deleted...]
-      <c r="F31" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76808", "345")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76808", " 1 liquidificador  industrial funcionando")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-[...25 lines deleted...]
-      <c r="F32" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76810", "346")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76810", " porta papel")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-[...25 lines deleted...]
-      <c r="F33" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76806", "347")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76806", " 12 reatores ")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>120,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-[...57 lines deleted...]
-      <c r="F35" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76811", "348")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76811", " 13 válvula celuloide")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-[...2686 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
-      <c r="A120" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76805", "349")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76805", " 7 relógio e 2 manômetros")</f>
       </c>
       <c r="C120" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D120" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E120" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F120" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>