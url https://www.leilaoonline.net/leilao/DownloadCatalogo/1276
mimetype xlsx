--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,1979 +269,1735 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78070", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78070", " Coladeira de borda refiladeria e destopadeira para madeira da marca Giben.")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C11" s="4" t="inlineStr">
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78059", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78059", " Redutor de velocidade com carretel para cabo de aço capacidade 5 toneladas")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78061", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78061", " Lote com: 2 uni transformadores de 10 Kva 220/380")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D11" s="4" t="inlineStr">
+      <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78060", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78060", " Serra de fita horizontal")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78051", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78051", " Lote com: 2 unidades de Extintores de Incêndio tipo carreta com capacidade para 75 litros")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78062", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78062", " Lote com: Aproximadamente 500 unidades decaixas de ferro para metalúrgica")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78052", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78052", " Moinho de tinta")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78056", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78056", " Lote com: 3 unidades de torre de refrigeração Antpol ESR")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78069", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78069", " Prensa hidráulica para borracha - Luxor com capacidade para 60 toneladas - Com aquecimento ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78065", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78065", " Fresadora para engrenagem de produção")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78068", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78068", " Misturador em y de inox - capacidade 50 kg")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78054", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78054", " Máquina de gravação Puncionadeira PPW-25 - Completa - Com manual. Para gravação de metais cnc")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78063", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78063", " Retífica plana manual")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78067", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78067", " Jato de areia com pistola, luva e coletor de pó - 1,70 Alt X 0.90 Larg X 1,30 Comp.")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78071", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78071", " Perfiladeira Completa - Pandim - Para Ferro T Com 12 Castelos - Fabrica ferro em modelo T - com desbobinador - Faz Acabamento e Corte. ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78053", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78053", " Misturador de plástico PVC para 1000 litros")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>1.300,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78058", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78058", " Máquina para fazer janela veneziana com ferramenta .")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>30.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78066", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78066", " Torno mecânico marca Nardini modelo 220 - Com Caixa Nortom para Roscas - 1.5 m entre pontas")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78073", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78073", " Lote com: 4 Unidades container de pp  - 1000 litros - Alpina")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78055", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78055", " Máquina para corte de pedra mármore")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78064", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78064", " Ferramentas para corte de prensas excêntricas")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78057", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78057", " Esteira para cavaco ")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78072", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78072", " Aquecedor indutivo para soldar ferramentas politron")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78106", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78106", " Fresadora descascadeira iso 50")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78103", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78103", " Curvadora de tubos hidráulica até 40mm com matrizes")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>26.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78100", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78100", " Máquina para corte de pedras mármore ")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78097", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78097", " Dobradeira de chapa manual - 2 metros")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E12" s="5" t="inlineStr">
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78095", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78095", " Prensa excêntrica -120 toneladas")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78093", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78093", " Fresadora universal iso 50 ")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78108", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78108", " Tanque de aço inox 5000 ")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78104", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78104", " Misturador de aço inox para 5 000 litros com moto redutor de 7,5 cv")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78105", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78105", " Cabeçote fresador para fresa vigorelli fua300 ")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78101", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78101", " Solda ponto 20 Kva pneumática")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
         <is>
           <t>2.000,00</t>
         </is>
       </c>
-      <c r="F12" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="C13" s="4" t="inlineStr">
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78098", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78098", " Torno mecânico marca mitto carcaceiro com 2200 barramento por 650 mm")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78099", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78099", " Talha elétrica para 2 toneladas - marca Atlas")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78092", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78092", " Rosqueadeira para tubo até 2.1/2 polegadas de pente")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78096", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78096", " Lote com: Carrinho para churrasco e carrinho térmico para Açaí ")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78094", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78094", " Afiadora para disco de serra pneumático vantec")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78107", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78107", " Solda ponto suspensa de 40 Kva")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78110", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78110", " Plaina de mesa com 2.80 de comprimento")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78102", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78102", " Máquina para pesar medir cubagem de caixas")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78109", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78109", " Bomba de vácuo ")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78561", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78561", "Moinho martelo tigre motor 7,5 cv ")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78563", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78563", "Elevador vibratório")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78564", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78564", "Esmeril - 10 Cv")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78565", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78565", "Lote com: 3 uni. Rosqueadeira de bancada")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78566", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78566", "Torno Nardini mascote")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78567", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78567", "Coladeira de borda homag dkr10 ")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D13" s="4" t="inlineStr">
+      <c r="D58" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78568", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78568", "Desengrosso para madeira 4 faces de 400 mm - 4 motores da invicta")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78569", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78569", "Prensa excêntrica 60 toneladas com bimanual ")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78570", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78570", "Retifica blanchard mesa magnética 400 x 150 mm")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78571", "052")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78571", "Afiadora para brocas e ferramentas ")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78572", "053")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78572", "Serra de fita acerbi")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78573", "054")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78573", "Prensa excêntrica 40 Ton ")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79078", "055")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79078", "Router cnc valberti edit3000")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79079", "056")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79079", "Caldeira Simili 1.000 kg/h")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79080", "057")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79080", "Máquina de solda topo 30 Kva ")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79081", "058")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79081", "Solda projeção simonek 100 Kva")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79082", "059")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79082", "Lote com: 6 unidades de prensas excêntrica de 8, 6 e 4 toneladas")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79084", "060")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79084", "Plaina limadora 400 mm")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...1822 lines deleted...]
-      </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79085", "061")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79085", "Lote com: Aproximadamente 1000 unidades de guidões caramore sem uso, - cg, Titan , Amazonas , ybr, katana ")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>6.500,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>