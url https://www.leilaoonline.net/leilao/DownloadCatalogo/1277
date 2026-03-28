--- v0 (2025-12-25)
+++ v1 (2026-03-28)
@@ -269,891 +269,783 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76852", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76852", "Jogo de sala: 1 mesa 1.60x 0.75 + 6 cadeiras + mesa de centro  0.75x0.75 + mesa canto 0.50x0.50  + aparador  1.20 x 0.45")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76851", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76851", "( 3 itens) 2 bancos + 1 suporte + kit ferragem para prateleira podendo montar até  8.00 metros de comprimento x 2.40 de altura . Sendo 10 colunas  de 2.40 mts de altura + 6 bandeja + 7 hastes simples. Produto usado.")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76842", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76842", "Kit espátula para desmontagem de pneus sem camara  de caminhão produto  sem uso")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76853", "006")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76853", "Lava louça brastemp  0.60x0.50. Funcionando")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76837", "013")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76837", " 10 protetores de camara de ar aro 20   10 protetores de camara de ar aro 16   10 protetores de camara de ar aro 22 para caminhao. Produto sem uso.")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>520,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76836", "014")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76836", " 50 protetores de camara de ar aro 20   20 protetores de camara de ar aro 16   20 protetores de camara de ar aro 22 para caminhao. Produto sem uso.")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>1.550,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76849", "015")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76849", "2 pares de lampadas led automotiva H11/ H16 /H8 Philips ultinon. Pouco uso.")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76843", "016")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76843", "Macaco jacaré para empilhadeira 4 toneladas. +  aproximadamente 75 rodas de ferro usada. Sem uso. Na caixa. ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76850", "022")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76850", " 5 pneus de trilha")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76838", "025")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76838", "Balanceadora para rodas de veiculos de passeio, usada. +  Calibrador digital completo, sem uso. +  6 pneus  de moto usados")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>2.520,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76841", "048")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76841", " Balde para troca de oleo de cambio e diferencial capacidade 14 litros, produto sem uso.")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>230,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76840", "049")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76840", " 2 pneus de empilhadeira medida  600-9   2 camaras de ar aro 9   2 protetor aro 9. Produtos sem uso. +  2 pneus  de empilhadeira  medida  650-10   2 camaras de ar aro 10   2 protetor aro 10, produto sem uso.")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76844", "052")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76844", " (4 itens) 1 torquimetro de estalo   1 jogo de chave combinada   1 tesoura de poda   1 bomba  manual de 58 cm. Sem uso ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...78 lines deleted...]
-      <c r="E13" s="5" t="inlineStr">
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76845", "054")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76845", " 10 bandeja de pintura  sem uso +  24 torneira plastica de pia 1/2 sem uso +  24 torneiras plastica para tanque  sem uso. +  24 torneiras plastica para jardim. Sem uso +  24 torneiras plastica para lavatório sem uso")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76847", "067")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76847", " ( 3 itens) 1 jg soquetes com 24 peças    1 arco de serra   1 cabo de bateria. Sem uso. ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76848", "068")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76848", "  ( 4 itens) 1 maleta de ferramentas 117 Pç    1 cabo de bateria   1 arco de serra   1 multimetro. Sem uso.")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76846", "070")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76846", " ( 3 itens) 1 pistola de pintura   1 jg chave fenda e philips   1 pistola  de cola quente  Sem uso. ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>140,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76825", "076")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76825", " Farol automotivo. Sem uso +  Gabinete de informática altura 26 cm, largura 53 cm , profundidade 37 cm. +  Diversas peças para rodoar de caminhão, sem uso.")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76832", "081")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76832", " 12 pares de manete de motos diversas, produto sem uso.")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76835", "082")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76835", " 10 Protetor de câmara de ar de caminhão aro 22, sem uso.")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76828", "089")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76828", " 4 rodas de ferro aro 14 usadas para aplicação  volkswagem +  4 rodas de ferro aro 13, usadas, linha volkswagem.+  Shampoozeira para lava rápido de uso profissional, produto sem uso.")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76830", "093")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76830", " Shampoozeira para lava rápido de uso profissional, produto sem uso.")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76829", "094")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76829", " Macaco jacaré 2 toneladas sem uso, na caixa +  Shampoozeira para lava rápido de uso profissional, produto sem uso.")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>950,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76826", "097")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76826", " painel de shampoozeira para lava rapido sem uso")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76833", "098")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76833", " 12 pares de manete de motos diversas, produto sem uso.+ 3 pares de manete de motos diversas   6 pares de manete de moto anodizado   1 par de manopla.  produto sem uso. +  10 suportes para capacete para expor em loja. ")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...304 lines deleted...]
-      <c r="C23" s="4" t="inlineStr">
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76834", "100")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76834", "2 carburador de moto ybr 1 kit cilindro de motor titan SEM USO 2 baterias moura novas 1 bateria moura usada +  3 pares de amortecedor de moto colorido, produto sem uso. +  3 kit de relação de moto produto de qualidade superior, produto sem uso. + 4 kit de relação  de moto diversas  produto de qualid")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D23" s="4" t="inlineStr">
+      <c r="D36" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E23" s="5" t="inlineStr">
-[...414 lines deleted...]
-      </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>1.100,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76831", "105")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76831", " 2 gabinetes de informática com diversas peças dentro. Altura 0.39 cm largura 0.53 cm profundidade 0.67 cm")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>