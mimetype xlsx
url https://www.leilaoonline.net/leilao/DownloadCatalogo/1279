--- v0 (2025-12-25)
+++ v1 (2026-03-28)
@@ -269,379 +269,335 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76861", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76861", " PÁ CARREGADEIRA, JOHN DEERE, MOD: JD 524K- FROTA  332002,  ANO:  2014 N. SÉRIE 1BZ524KXCED000069 ESTADO GERAL, conforme síntese anexo. ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>148.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76863", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76863", " PÁ CARREGADEIRA, JOHN DEERE, MOD: J.D PA CARREGADORA 524K FROTA  332003 ANO:  2014 N. SÉRIE 1BZ524KXLED000089 ESTADO GERAL, conforme síntese anexo. ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>49</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>178.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76862", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76862", " PÁ CARREGADEIRA, JOHN DEERE, MOD: JD 524K- FROTA  332004 ANO:  2014 N. SÉRIE 1BZ524KXPED000097 ESTADO GERAL, conforme síntese anexo. ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>47</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>179.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76867", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76867", " DOLLY CANAVIEIRO, RANDON FROTA 55515 ANO:  2001 OBS:  SEM DOCUMENTOS ESTADO GERAL, conforme síntese anexo. ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76869", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76869", " DOLLY CANAVIEIRO, RANDON FROTA 55517 ANO:  2001 OBS:  SEM DOCUMENTOS ESTADO GERAL, conforme síntese anexo. ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...90 lines deleted...]
-      <c r="A14" s="5" t="inlineStr">
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76870", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76870", " DOLLY CANAVIEIRO, RANDON FROTA 55509, ANO:  1997 OBS:  SEM DOCUMENTOS ESTADO GERAL, conforme síntese anexo. ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76868", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76868", " DOLLY CANAVIEIRO, RANDON FROTA 55519 ANO:  2002 OBS:  SEM DOCUMENTOS ESTADO GERAL, conforme síntese anexo. ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...105 lines deleted...]
-      <c r="D17" s="4" t="inlineStr">
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76864", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76864", " DOLLY CANAVIEIRO, RANDON FROTA 55523 ANO:  2002 OBS:  SEM DOCUMENTOS ESTADO GERAL, conforme síntese anexo. ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="E17" s="5" t="inlineStr">
+      <c r="E18" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
-      <c r="F17" s="4" t="inlineStr">
-[...30 lines deleted...]
-      </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76865", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76865", " CAMINHÃO FORD CARGO 2422, TRUCADO, MANUAL. 6X4,  FROTA 53068 ANO:   2001/2001 PLACA:  GVO0319 RENAVAM:  773604243 CHASSI:   9BFYTNHT22BB11722, ESTADO GERAL, conforme síntese anexo. ")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>70</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>59.500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76866", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76866", " CAMINHÃO FORD CARGO 2626, TRUCADO, MANUAL. 6X4,  FROTA 53105 ANO:  2004 PLACA:  GVO0632 RENAVAM:  847800202,  CHASSI:  9BFZTNYT44BB44504,  ESTADO GERAL, conforme síntese anexo. ")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>65.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76871", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/76871", " CAMINHÃO FORD CARGO 2628, TRUCADO, MANUAL. 6X4,  FROTA 53116 ANO:  2007 PLACA:  GVO0817 RENAVAM:  928336280 CHASSI:  9BFZCEEX97BB92592,  ESTADO GERAL, conforme síntese anexo. ")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>62</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>77.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>