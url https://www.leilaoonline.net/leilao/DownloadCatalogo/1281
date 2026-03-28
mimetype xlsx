--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,4379 +269,3835 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77327", "006")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77327", "VARREDEIRA; MARCA TENNANT; MODELO 58")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>950,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77328", "008")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77328", "VARREDEIRA INDUSTRIAL; MARCA PORTOTÉCNICA")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77329", "010")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77329", "CARPETE EXTRATOR COMPACTO; MARCA TENNANT; MODELO R3")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>1.950,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77330", "013")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77330", "VARREDEIRA; MARCA KARCHER")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>650,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77331", "016")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77331", "LAVADORA DE PISO; MARCA ADVANCE; MODELO BA5321")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77332", "030")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77332", "CAÇAMBA DE LIXO; CONTAINER DE RESIDUOS RECICLÁVEL; LIXEIRA 500ML")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77333", "031")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77333", "CAÇAMBA DE LIXO; CONTAINER DE RESIDUOS RECICLÁVEL; LIXEIRA 500ML")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77334", "032")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77334", "CAÇAMBA DE LIXO; CONTAINER DE RESIDUOS RECICLÁVEL; LIXEIRA 500ML")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77335", "035")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77335", "CAÇAMBA DE LIXO; CONTAINER DE RESIDUOS RECICLÁVEL; LIXEIRA 500ML")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77336", "039")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77336", "LIXEIRA COM PEDAL; MARCA MARFINITE; 100 LITROS")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>190,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77337", "040")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77337", "LIXEIRA COM PEDAL; MARCA MARFINITE; 100 LITROS")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>190,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77784", "041")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77784", "LIXEIRA COM PEDAL; MARCA MARFINITE; 100 LITROS")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>190,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77338", "042")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77338", "LIXEIRA COM PEDAL; MARCA MARFINITE; 100 LITROS")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>190,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77785", "043")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77785", "LIXEIRA COM PEDAL; MARCA MARFINITE; 100 LITROS")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>190,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77786", "044")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77786", "LIXEIRA COM PEDAL; MARCA MARFINITE; 100 LITROS")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>190,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77787", "045")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77787", "LIXEIRA COM PEDAL; MARCA MARFINITE; 100 LITROS")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>190,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77788", "046")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77788", "LIXEIRA COM PEDAL; MARCA MARFINITE; 100 LITROS")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>190,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77789", "047")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77789", "LIXEIRA COM PEDAL; MARCA MARFINITE; 100 LITROS")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>190,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77339", "048")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77339", "LIXEIRA COM PEDAL; MARCA MARFINITE; 100 LITROS")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>190,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77340", "049")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77340", "LIXEIRA COM PEDAL - COM RODA; MARCA MARFINITE; 100 LITROS")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77791", "050")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77791", "LIXEIRA COM PEDAL; MARCA MARFINITE; 100 LITROS")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>190,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77341", "051")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77341", "LIXEIRA COM PEDAL; MARCA MARFINITE; 100 LITROS")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>190,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77342", "052")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77342", "LIXEIRA COM PEDAL; MARCA MARFINITE; 100 LITROS")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>190,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77343", "053")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77343", "LIXEIRA COM PEDAL; MARCA MARFINITE; 100 LITROS")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>190,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77344", "054")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77344", "LIXEIRA COM PEDAL; MARCA MARFINITE; 100 LITROS")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>190,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77345", "055")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77345", "LIXEIRA COM PEDAL; MARCA MARFINITE; 100 LITROS")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>190,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77346", "056")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77346", "LIXEIRA COM PEDAL; MARCA MARFINITE; 100 LITROS")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>190,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77347", "057")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77347", "LIXEIRA COM PEDAL; MARCA MARFINITE; 100 LITROS")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>190,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77348", "058")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77348", "LIXEIRA COM PEDAL; MARCA MARFINITE; 100 LITROS")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>190,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77349", "059")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77349", "LIXEIRA COM PEDAL; MARCA MARFINITE; 100 LITROS")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>190,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77350", "060")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77350", "LIXEIRA COM PEDAL; MARCA MARFINITE; 100 LITROS")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>190,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77351", "061")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77351", "LIXEIRA COM PEDAL; MARCA MARFINITE; 100 LITROS")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>190,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77352", "062")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77352", "DISPENSER / COLETOR DE COPO ÁGUA")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77353", "063")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77353", "DISPENSER / COLETOR DE COPO ÁGUA")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77354", "064")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77354", "DISPENSER / COLETOR DE COPO ÁGUA")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77355", "065")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77355", "DISPENSER / COLETOR DE COPO ÁGUA")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77356", "066")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77356", "DISPENSER / COLETOR DE COPO ÁGUA")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77792", "067")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77792", "CADEIRAS PLÁSTICA; MARCA TRAMONTINA; 4 CADEIRAS")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>80,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77793", "068")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77793", "CADEIRAS PLÁSTICA; MARCA TRAMONTINA; 4 CADEIRAS")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>80,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77794", "069")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77794", "CADEIRAS PLÁSTICA; MARCA TRAMONTINA; 4 CADEIRAS")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>80,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77795", "070")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77795", "CADEIRAS PLÁSTICA; MARCA TRAMONTINA; 4 CADEIRAS")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>80,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77796", "071")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77796", "CADEIRAS PLÁSTICA; MARCA TRAMONTINA; 4 CADEIRAS")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>80,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77357", "072")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77357", "CADEIRAS PLÁSTICA; MARCA TRAMONTINA; 4 CADEIRAS")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>80,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77358", "073")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77358", "CADEIRAS PLÁSTICA; MARCA TRAMONTINA; 4 CADEIRAS")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>80,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77359", "074")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77359", "CADEIRAS PLÁSTICA; MARCA TRAMONTINA; 4 CADEIRAS")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>80,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77360", "075")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77360", "CADEIRAS PLÁSTICA; MARCA TRAMONTINA; 4 CADEIRAS")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>80,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77361", "076")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77361", "CADEIRAS PLÁSTICA; MARCA TRAMONTINA; 4 CADEIRAS")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>80,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77362", "077")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77362", "CADEIRAS PLÁSTICA; MARCA TRAMONTINA; 4 CADEIRAS")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>80,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
-      <c r="A59" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77363", "078")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77363", "CADEIRAS PLÁSTICA; MARCA TRAMONTINA; 4 CADEIRAS")</f>
       </c>
       <c r="C59" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>80,00</t>
         </is>
       </c>
       <c r="F59" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
-      <c r="A60" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77364", "079")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77364", "CADEIRAS PLÁSTICA; MARCA TRAMONTINA; 4 CADEIRAS")</f>
       </c>
       <c r="C60" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D60" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t>80,00</t>
         </is>
       </c>
       <c r="F60" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
-      <c r="A61" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77365", "080")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77365", "CADEIRAS PLÁSTICA; MARCA TRAMONTINA; 4 CADEIRAS")</f>
       </c>
       <c r="C61" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t>80,00</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77366", "081")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77366", "CADEIRAS PLÁSTICA; MARCA TRAMONTINA; 4 CADEIRAS")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>80,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77367", "082")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77367", "IMPRESSORA MULTIFUNCIONAL; MARCA SAMSUNG; SCX-4200")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
-      <c r="A64" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77368", "083")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77368", "IMPRESSORA MULTIFUNCIONAL; MARCA KYOCERA; KM-2810")</f>
       </c>
       <c r="C64" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
-      <c r="A65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77369", "084")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77369", "IMPRESSORA MULTIFUNCIONAL; MARCA HP; M1120")</f>
       </c>
       <c r="C65" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
-      <c r="A66" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77370", "085")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77370", "IMPRESSORA MULTIFUNCIONAL; MARCA KYOCERA; KM-2810")</f>
       </c>
       <c r="C66" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F66" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
-      <c r="A67" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77371", "086")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77371", "IMPRESSORA MULTIFUNCIONAL; MARCA EPSON; LX-300")</f>
       </c>
       <c r="C67" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
-      <c r="A68" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77372", "087")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77372", "IMPRESSORA MULTIFUNCIONAL; MARCA HP; HP-1020")</f>
       </c>
       <c r="C68" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t>80,00</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
-      <c r="A69" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77373", "088")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77373", "IMPRESSORA MULTIFUNCIONAL; MARCA KYOCERA; KM-2810")</f>
       </c>
       <c r="C69" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
-      <c r="A70" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77374", "089")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77374", "IMPRESSORA MULTIFUNCIONAL; MARCA KYOCERA; 1820")</f>
       </c>
       <c r="C70" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F70" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
-      <c r="A71" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77375", "090")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77375", "IMPRESSORA MULTIFUNCIONAL; MARCA EPSON; LX-300")</f>
       </c>
       <c r="C71" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
-      <c r="A72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77376", "091")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77376", "PABX; MARCA INTELBRAS; 10040")</f>
       </c>
       <c r="C72" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E72" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
-      <c r="A73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77377", "092")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77377", "GUARITA DE FIBRA")</f>
       </c>
       <c r="C73" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
-      <c r="A74" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77378", "093")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77378", "GUARITA DE FIBRA")</f>
       </c>
       <c r="C74" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E74" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
-      <c r="A75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77379", "094")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77379", "CADEIRA ")</f>
       </c>
       <c r="C75" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t>80,00</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
-      <c r="A76" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77380", "095")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77380", "CADEIRA ESCRITÓRIO; C/ REGULAGEM DE ALTURA")</f>
       </c>
       <c r="C76" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
-      <c r="A77" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77381", "096")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77381", "CADEIRA ESCRITÓRIO; C/ REGULAGEM DE ALTURA")</f>
       </c>
       <c r="C77" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E77" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
-      <c r="A78" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77382", "097")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77382", "CADEIRAS PLÁSTICA; MARCA TRAMONTINA; 4 CADEIRAS")</f>
       </c>
       <c r="C78" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E78" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
-      <c r="A79" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77383", "098")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77383", "CADEIRA ESCRITÓRIO; C/ REGULAGEM DE ALTURA")</f>
       </c>
       <c r="C79" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
-      <c r="A80" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77384", "099")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77384", "CADEIRA ESCRITÓRIO; C/ REGULAGEM DE ALTURA")</f>
       </c>
       <c r="C80" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E80" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
-      <c r="A81" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77385", "100")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77385", "CADEIRA ESCRITÓRIO; C/ REGULAGEM DE ALTURA")</f>
       </c>
       <c r="C81" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E81" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F81" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
-      <c r="A82" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77386", "101")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77386", "CADEIRA ESCRITÓRIO; C/ REGULAGEM DE ALTURA")</f>
       </c>
       <c r="C82" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F82" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
-      <c r="A83" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77387", "102")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77387", "CADEIRA ESCRITÓRIO; C/ REGULAGEM DE ALTURA")</f>
       </c>
       <c r="C83" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E83" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F83" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
-      <c r="A84" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77388", "103")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77388", "CADEIRA ESCRITÓRIO; C/ REGULAGEM DE ALTURA")</f>
       </c>
       <c r="C84" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E84" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F84" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
-      <c r="A85" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77389", "104")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77389", "CADEIRA ESCRITÓRIO; C/ REGULAGEM DE ALTURA")</f>
       </c>
       <c r="C85" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D85" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E85" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F85" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
-      <c r="A86" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77390", "105")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77390", "CADEIRA ESCRITÓRIO; C/ REGULAGEM DE ALTURA")</f>
       </c>
       <c r="C86" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
-      <c r="A87" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77391", "106")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77391", "CADEIRA ESCRITÓRIO; C/ REGULAGEM DE ALTURA")</f>
       </c>
       <c r="C87" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
-      <c r="A88" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77392", "107")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77392", "CADEIRA ESCRITÓRIO; C/ REGULAGEM DE ALTURA")</f>
       </c>
       <c r="C88" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E88" s="5" t="inlineStr">
         <is>
           <t>60,00</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
           <t>30.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
-      <c r="A89" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77393", "108")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77393", "CADEIRA ESCRITÓRIO; C/ REGULAGEM DE ALTURA")</f>
       </c>
       <c r="C89" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E89" s="5" t="inlineStr">
         <is>
           <t>40,00</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
-      <c r="A90" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77394", "109")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77394", "CADEIRA ESCRITÓRIO; C/ REGULAGEM DE ALTURA")</f>
       </c>
       <c r="C90" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t>60,00</t>
         </is>
       </c>
       <c r="F90" s="4" t="inlineStr">
         <is>
           <t>30.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
-      <c r="A91" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77395", "110")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77395", "CADEIRA ESCRITÓRIO; BASE DE FERRO")</f>
       </c>
       <c r="C91" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E91" s="5" t="inlineStr">
         <is>
           <t>40,00</t>
         </is>
       </c>
       <c r="F91" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
-      <c r="A92" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77396", "111")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77396", "CADEIRA ESCRITÓRIO; C/ REGULAGEM DE ALTURA")</f>
       </c>
       <c r="C92" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E92" s="5" t="inlineStr">
         <is>
           <t>40,00</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
-      <c r="A93" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77397", "112")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77397", "CADEIRA ESCRITÓRIO; C/ REGULAGEM DE ALTURA E ENCOSTO")</f>
       </c>
       <c r="C93" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E93" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F93" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
-      <c r="A94" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77398", "113")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77398", "CADEIRA ESCRITÓRIO; C/ REGULAGEM DE ALTURA")</f>
       </c>
       <c r="C94" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t>60,00</t>
         </is>
       </c>
       <c r="F94" s="4" t="inlineStr">
         <is>
           <t>30.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
-      <c r="A95" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77399", "114")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77399", "CADEIRA ESCRITÓRIO; C/ REGULAGEM DE ALTURA")</f>
       </c>
       <c r="C95" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E95" s="5" t="inlineStr">
         <is>
           <t>40,00</t>
         </is>
       </c>
       <c r="F95" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
-      <c r="A96" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77400", "115")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77400", "CADEIRA ESCRITÓRIO; BASE DE FERRO")</f>
       </c>
       <c r="C96" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t>70,00</t>
         </is>
       </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>35.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
-      <c r="A97" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77401", "116")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77401", "CADEIRA ESCRITÓRIO; C/ REGULAGEM DE ALTURA")</f>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t>180,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
-      <c r="A98" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77797", "117")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77797", "CADEIRA ESCRITÓRIO; C/ REGULAGEM DE ALTURA")</f>
       </c>
       <c r="C98" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E98" s="5" t="inlineStr">
         <is>
           <t>180,00</t>
         </is>
       </c>
       <c r="F98" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
-      <c r="A99" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77798", "118")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77798", "CADEIRA ESCRITÓRIO; C/ REGULAGEM DE ALTURA")</f>
       </c>
       <c r="C99" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t>180,00</t>
         </is>
       </c>
       <c r="F99" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
-      <c r="A100" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77799", "119")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77799", "CADEIRA ESCRITÓRIO; C/ REGULAGEM DE ALTURA")</f>
       </c>
       <c r="C100" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t>180,00</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
-      <c r="A101" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77402", "120")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77402", "CADEIRA ESCRITÓRIO; C/ REGULAGEM DE ALTURA")</f>
       </c>
       <c r="C101" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t>180,00</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
-      <c r="A102" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77800", "121")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77800", "CADEIRA ESCRITÓRIO; C/ REGULAGEM DE ALTURA")</f>
       </c>
       <c r="C102" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t>180,00</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
-      <c r="A103" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77403", "122")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77403", "CADEIRA ESCRITÓRIO; C/ REGULAGEM DE ALTURA")</f>
       </c>
       <c r="C103" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t>180,00</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
-      <c r="A104" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77404", "123")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77404", "CADEIRA ESCRITÓRIO; BASE DE FERRO")</f>
       </c>
       <c r="C104" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t>70,00</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>35.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
-      <c r="A105" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77405", "124")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77405", "CADEIRA ESCRITÓRIO; BASE DE FERRO")</f>
       </c>
       <c r="C105" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D105" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F105" s="4" t="inlineStr">
         <is>
           <t>25.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
-      <c r="A106" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77406", "125")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77406", "CADEIRA ESCRITÓRIO; BASE DE FERRO")</f>
       </c>
       <c r="C106" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D106" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F106" s="4" t="inlineStr">
         <is>
           <t>25.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
-      <c r="A107" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77407", "126")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77407", "CADEIRA ESCRITÓRIO; BASE DE FERRO")</f>
       </c>
       <c r="C107" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D107" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F107" s="4" t="inlineStr">
         <is>
           <t>25.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
-      <c r="A108" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77408", "127")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77408", "CADEIRA ESCRITÓRIO; BASE DE FERRO")</f>
       </c>
       <c r="C108" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D108" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F108" s="4" t="inlineStr">
         <is>
           <t>25.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
-      <c r="A109" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77409", "128")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77409", "CADEIRA ESCRITÓRIO; BASE DE FERRO")</f>
       </c>
       <c r="C109" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D109" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F109" s="4" t="inlineStr">
         <is>
           <t>25.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
-      <c r="A110" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77410", "129")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77410", "CADEIRA ESCRITÓRIO; BASE DE FERRO")</f>
       </c>
       <c r="C110" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D110" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E110" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F110" s="4" t="inlineStr">
         <is>
           <t>25.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
-      <c r="A111" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77411", "130")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77411", "CADEIRA ESCRITÓRIO; BASE DE FERRO")</f>
       </c>
       <c r="C111" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D111" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E111" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F111" s="4" t="inlineStr">
         <is>
           <t>25.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
-      <c r="A112" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77412", "131")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/77412", "CADEIRAS PLÁSTICA; LONGARINA 3 LUGARES SECRETARIA")</f>
       </c>
       <c r="C112" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D112" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E112" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F112" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
-      <c r="A113" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78015", "132")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78015", "IMPRESSORA TÉRMICA; MARCA BEMATECH")</f>
       </c>
       <c r="C113" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D113" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E113" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F113" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
-      <c r="A114" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78016", "133")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78016", "VARREDEIRA; MARCA CERTEC; VC 50")</f>
       </c>
       <c r="C114" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D114" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E114" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F114" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
-      <c r="A115" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78017", "134")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78017", "VARREDEIRA; MARCA CERTEC; VC 50")</f>
       </c>
       <c r="C115" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D115" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E115" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F115" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
-      <c r="A116" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78018", "135")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78018", "VARREDEIRA; MARCA CERTEC; VC 50")</f>
       </c>
       <c r="C116" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D116" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E116" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F116" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
-      <c r="A117" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78019", "136")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78019", "VARREDEIRA; MARCA CERTEC; VC 50")</f>
       </c>
       <c r="C117" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D117" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E117" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F117" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
-      <c r="A118" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78020", "137")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78020", "VARREDEIRA; MARCA HAKO")</f>
       </c>
       <c r="C118" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D118" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E118" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
       <c r="F118" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
-      <c r="A119" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78021", "138")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78021", "VARREDEIRA; MARCA TENNANT; MODELO 110")</f>
       </c>
       <c r="C119" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D119" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E119" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F119" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
-      <c r="A120" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78022", "139")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78022", "LAVADORA DE ALTA PRESSÃO")</f>
       </c>
       <c r="C120" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D120" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E120" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F120" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
-      <c r="A121" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78023", "140")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78023", "LAVADORA DE ALTA PRESSÃO")</f>
       </c>
       <c r="C121" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D121" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E121" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F121" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
-      <c r="A122" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78024", "141")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78024", "POLIDORA DE PISO")</f>
       </c>
       <c r="C122" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D122" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E122" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F122" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
-      <c r="A123" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78025", "142")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78025", "POLIDORA DE PISO")</f>
       </c>
       <c r="C123" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D123" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E123" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F123" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
-      <c r="A124" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78026", "143")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78026", "POLIDORA DE PISO")</f>
       </c>
       <c r="C124" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D124" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E124" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F124" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
-      <c r="A125" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78027", "144")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78027", "POLIDORA DE PISO")</f>
       </c>
       <c r="C125" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D125" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E125" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F125" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
-      <c r="A126" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78028", "145")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78028", "ENCERADEIRA")</f>
       </c>
       <c r="C126" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D126" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E126" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F126" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
-      <c r="A127" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78029", "146")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78029", "ENCERADEIRA")</f>
       </c>
       <c r="C127" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D127" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E127" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F127" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
-      <c r="A128" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78030", "147")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78030", "ENCERADEIRA")</f>
       </c>
       <c r="C128" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D128" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E128" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F128" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
-      <c r="A129" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78031", "148")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78031", "ENCERADEIRA")</f>
       </c>
       <c r="C129" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D129" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E129" s="5" t="inlineStr">
         <is>
           <t>125,00</t>
         </is>
       </c>
       <c r="F129" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
-      <c r="A130" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78032", "149")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78032", "ENCERADEIRA")</f>
       </c>
       <c r="C130" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D130" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E130" s="5" t="inlineStr">
         <is>
           <t>125,00</t>
         </is>
       </c>
       <c r="F130" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
-      <c r="A131" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78033", "150")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78033", "ENCERADEIRA")</f>
       </c>
       <c r="C131" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D131" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E131" s="5" t="inlineStr">
         <is>
           <t>125,00</t>
         </is>
       </c>
       <c r="F131" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
-      <c r="A132" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78034", "151")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78034", "ENCERADEIRA")</f>
       </c>
       <c r="C132" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D132" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E132" s="5" t="inlineStr">
         <is>
           <t>160,00</t>
         </is>
       </c>
       <c r="F132" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
-      <c r="A133" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78035", "152")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78035", "ENCERADEIRA")</f>
       </c>
       <c r="C133" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D133" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E133" s="5" t="inlineStr">
         <is>
           <t>160,00</t>
         </is>
       </c>
       <c r="F133" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
-      <c r="A134" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78036", "153")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78036", "ENCERADEIRA")</f>
       </c>
       <c r="C134" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D134" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E134" s="5" t="inlineStr">
         <is>
           <t>110,00</t>
         </is>
       </c>
       <c r="F134" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
-      <c r="A135" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78037", "154")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78037", "CORTADOR DE GRAMA; MARCA TRAMONTINA; MODELO CE40M")</f>
       </c>
       <c r="C135" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D135" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E135" s="5" t="inlineStr">
         <is>
           <t>350,00</t>
         </is>
       </c>
       <c r="F135" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
-      <c r="A136" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78038", "155")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78038", "EXTINTOR; 4 EXTINTORES - VAZIO")</f>
       </c>
       <c r="C136" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D136" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E136" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F136" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
-      <c r="A137" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78039", "156")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78039", "ENCERADEIRA")</f>
       </c>
       <c r="C137" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D137" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E137" s="5" t="inlineStr">
         <is>
           <t>160,00</t>
         </is>
       </c>
       <c r="F137" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
-      <c r="A138" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78040", "157")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78040", "RACK SERVIDOR")</f>
       </c>
       <c r="C138" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D138" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E138" s="5" t="inlineStr">
         <is>
           <t>125,00</t>
         </is>
       </c>
       <c r="F138" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
-      <c r="A139" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78041", "158")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78041", "RACK SERVIDOR")</f>
       </c>
       <c r="C139" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D139" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E139" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F139" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
-      <c r="A140" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78042", "159")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78042", "LAVADORA ALTA PRESSÃO - TRÍFASICO; MARCA KACHER")</f>
       </c>
       <c r="C140" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D140" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E140" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F140" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
-      <c r="A141" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78043", "160")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78043", "NEBULIZADOR COSTAL MOTORIZADO; MARCA GUARANY")</f>
       </c>
       <c r="C141" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D141" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E141" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F141" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
-      <c r="A142" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78044", "161")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78044", "SAMSUNG; MARCA RV415 - FALTANDO PEÇAS")</f>
       </c>
       <c r="C142" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D142" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E142" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F142" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
-      <c r="A143" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78045", "162")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78045", "HOME THEATER; MARCA PANASONIC; AS-PT560 - NÃO LIGA")</f>
       </c>
       <c r="C143" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D143" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E143" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F143" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
-      <c r="A144" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78046", "163")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78046", "NETBOOK; MARCA ACER ASPIRE; APIRE ONE D250 - NÃO LIGA")</f>
       </c>
       <c r="C144" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D144" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E144" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F144" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
-      <c r="A145" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78047", "165")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78047", "PLACA DE COMPUTADOR; MARCA ASUS; H81M-K - PLACA USADA, PODENDO APRESENTAR DEFEITOS")</f>
       </c>
       <c r="C145" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D145" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E145" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
       <c r="F145" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
-      <c r="A146" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78048", "166")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78048", "MEMÓRIA RAM; MARCA KINGSTON; KVR16N11/4 - 4GIGAS CADA")</f>
       </c>
       <c r="C146" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D146" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E146" s="5" t="inlineStr">
         <is>
           <t>50,00</t>
         </is>
       </c>
       <c r="F146" s="4" t="inlineStr">
         <is>
           <t>20.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>