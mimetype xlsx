--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,1147 +269,1007 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78133", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78133", "[ VÍDEO ] ROLO COMPACTADOR DYNAPAC. MOD. CA25. ANO APROX. 1991")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>65.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78127", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78127", "[ VÍDEO ] TRATOR DE ESTEIRA NEW HOLLAND. MOD. D180C. ANO 2016")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>280.100,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78277", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78277", "[ VÍDEO ] TRATOR ESTEIRA CATERPILLAR. MOD. D5K. ANO 2008")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>185.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78229", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78229", "[ VÍDEOS ] ESCAVADEIRA KOMATSU. MOD. PC210. ANO 2021 (sem uso, zero horas)")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>685.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78128", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78128", "TRATOR MASSEY FERGUSON. MOD. 3690. ANO 2003.")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>53.750,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78134", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78134", "[ VÍDEO ] IVECO/ DAILY D CAMPO 3513. ANO 2006.")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>56.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78135", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78135", "[ VÍDEO ] ROLO COMPACTADOR MULLER. MOD. AP23.ANO APROX. 90")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>49.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78130", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78130", "ROLO COMPACTADOR TEMA TERRA. ANO. 1987")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>34.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79083", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79083", "[ VÍDEO ] TRATOR ESTEIRA CATERPILLAR. MOD. D6R. ANO 1998")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>238.600,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79086", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79086", "[ VÍDEO ] PÁ CARREGADEIRA KOMATSU. MOD. WA200. ANO 2008")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>144.750,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80158", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80158", "[ VÍDEOS ] MOTONIVELADORA KOMATSU. MOD. GD523. ANO aprox. 1998. ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>67.900,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78124", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78124", "CARROCERIA DE MADEIRA. 8 M.")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80413", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80413", "[ VÍDEO ] CARREGADEIRA MASSEY FERGUSON. MOD. 65 X. Ano aprox. 1982")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>16.900,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78114", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78114", " ROLO COMPACTADOR MULLER. MOD. TI 18. ANO 1987. MOTOR MERCEDES. TRASMISSÃO CLARK 28.000")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>29.600,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80446", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80446", "[ VÍDEO ]  PATROL HUBER DRESSER. ANO aprox. 1980. MOTOR SCANIA")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78131", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78131", "[ VÍDEO ] ESCAVADEIRA CATERPILLAR. MOD. 320D. ANO 2010")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>221.100,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78113", "019")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78113", "[ VÍDEO ] ROLO MULLER TC18. ANO 92")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...41 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78117", "021")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78117", "[ VÍDEO ] VIBRO ACABADORA. MOD. SA41. ANO 88")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>46.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78126", "022")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78126", "CARRETA REBOQUE PARA TRANSPORTE DE MINIESCAVADEIRA / MINICARREGADEIRA")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>5.900,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78118", "025")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78118", "[ VÍDEO ] MINI CARREGADEIRA CATERPILLAR. MOD. 226B. ANO 2010.")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>70.250,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78138", "026")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78138", "[ VÍDEO ] CAMINHÃO FORD CARGO 1317E. ANO 2006. OPERACIONAL.")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>50</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>62.100,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78145", "027")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78145", "FORD PAMPA GL. 4x4. ÁLCOOL. ANO 1992/1992.ORIGINAL. 2º DONO. COM MANUAL DE FÁBRICA E CHAVE RESERVA.")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>26.500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78139", "028")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78139", "REDUTOR MECÂNICO PARA CAMINHÃO")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78140", "029")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78140", "LOTE COM 08 PISTÕES: 01 FH200, 01 POUCLAIN, 03 CAT E 03 WUBBER. E 01 COMANDO TRASEIRO DE FH80")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78141", "030")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78141", "LOTE CONTENDO PEÇAS DIVERSAS.")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78115", "031")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78115", "TRASMISSÃO DE MOTONIVELADORA CATERPILLAR 120H. ANO 99")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>33.250,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78116", "032")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78116", "[ VÍDEO ] ROLO COMPACTADOR. MOD. TH10. ANO 87")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>10.500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78142", "033")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78142", "[ VÍDEO ] ROLO COMPACTADOR DYNAPAC. MOD. CG11. ANO APROX. 91")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...117 lines deleted...]
-      <c r="C17" s="4" t="inlineStr">
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>23.500,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78143", "034")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78143", "PÁ CARREGADEIRA NEW HOLLAND MOD. W200. ANO 2005. COM AVARIAS. NÃO OPERACIONAL.")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>89.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78144", "035")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78144", "MUNCK 3,5 TON. COM BOMBA E TOMADA DE FORÇA")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78119", "037")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78119", " EXTRUSORA DE PERFIS DE CONCRETO J. COLOMBO. MOD. PHITON. APROX. 700 HRS")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>12.200,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78121", "038")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78121", " CARRETA. CHAPEADA DE AÇO")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78120", "043")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78120", " COMPRESSOR DE AR WAYNE")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78122", "044")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78122", "[ VÍDEO ]  RETROESCAVADEIRA FIATALLIS. MOD. FB 80. MOTOR MWM. ANO 1995")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D17" s="4" t="inlineStr">
-[...144 lines deleted...]
-      <c r="A22" s="5" t="inlineStr">
+      <c r="D44" s="4" t="inlineStr">
         <is>
           <t>12</t>
         </is>
       </c>
-      <c r="B22" s="4" t="inlineStr">
-[...717 lines deleted...]
-      </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>39.650,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78112", "058")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78112", "[ VÍDEO ] ROLO COMPACTADOR MULLER TI18 . MARCA: MULLER . MODELO:  TI18 . ANO: 1987 ")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>26.600,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>