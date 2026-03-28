--- v0 (2025-11-05)
+++ v1 (2026-03-28)
@@ -269,1563 +269,1371 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78275", "000")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78275", "[ VÍDEO ] Trator New Holland. Mod. TL75. 4x4. Ano 2017")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>90.750,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78265", "001")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78265", "Trator Ford Major. Ano 1968. Restaurado. Ótimo estado ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>10.250,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78650", "002")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78650", "[ VÍDEO ] CAMINHÃO M. BENZ L1519. ANO 1979")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>47</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>49.650,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78262", "003")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78262", " Caminhão VOLVO EDC Gold NL 10 320 4x2. Ano 1996/1997. Vidro Elétrico")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80411", "004")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80411", "Aprox. 230 un. de telhas de 06 e 08 metros")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>12</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>6.250,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79100", "005")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79100", ".TRATOR JOHN DEERE. MOD. 7195J. ANO 2013. APROX. 6.850 horas.")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>280.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78267", "006")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78267", " Semi reboque/tanque Kronorte. 3 eixos. Ano 2008/09. 6 bocas. Pneus não inclusos")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79095", "007")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79095", "TRATOR JOHN DEERE. MOD. 7195J. ANO 2014. APROX. 6.350 horas")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>289.500,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79096", "008")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79096", "TRATOR NEW HOLLAND. MOD. TL 75. ANO 2015. APROX. 4.025  horas")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>103.750,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80412", "009")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80412", "CARROCERIA DE CANA PICADA")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>7.200,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78257", "010")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78257", " Par de pneus e aro montado para Valtra ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>5.500,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78254", "011")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78254", " Motor John Deere 6090. Colhedora 3520")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>55.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78259", "012")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78259", " Caixa corte de base montada John Deere 3520")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>5.200,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78258", "013")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78258", " Cubo redutor john deere colhedora 3520 funcionando")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>5.300,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78256", "014")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78256", " 3 Pneus usados ")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>3.400,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78233", "015")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78233", " 02 PEÇAS DE ALONGADORES DE RODA . Marca: JOHN DEERE . Mod: 7185J . Ano:  2017")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78255", "016")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78255", " Par de Aro de roda Massey Ferguson 7000 MF")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>3.400,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78261", "017")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78261", "1 Pneu usado")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>3.600,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78260", "018")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78260", "2 Pneus usados")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79098", "019")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79098", " Carreta Fachinni. Ano 1997. Capacidade: 20 metros cúbicos na lata")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>39.500,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79101", "020")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79101", " Carreta Fachinni. Ano 1999. Capacidade: 18 metros cúbicos na lata")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>45.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79423", "021")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79423", " Semi-reboque basculante Rossetti. Ano 2014")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>70.000,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79426", "022")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79426", " Carroceria para cana picada (ref. 01)")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>7.200,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78274", "023")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78274", "VW Kombi. Ano 2007. Flex")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79243", "024")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79243", "Tanque inox. Ano 2000. 12.000 litros ")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>38.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79244", "025")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79244", "Redutor hidráulico")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79424", "026")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79424", " Carroceria para cana picada (ref. 02)")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>7.200,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79425", "027")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79425", "Conjunto Bitrem SR Heil Petro BT. Ano 2001")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78235", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78235", " Comboio Gascom pressolub ano 2011, 9.000 litros de diesel.")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...11 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>17.750,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78234", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78234", " Comboio Andrade ano 2008 - 5.000 litros")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>11.900,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78250", "034")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78250", " 02 PEÇAS DE ALONGADORES DE RODA . Marca: JOHN DEERE . Mod: 7185J . Ano:  2017")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...51 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78270", "035")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78270", " Semi reboque Faccini. Ano 2009 - 12,59 mts")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>38.000,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78268", "036")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78268", " Semi reboque Faccini. Ano 2009 - 12,59 mts")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>38.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78269", "037")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78269", "Tanque. Ano 2016. 20.000 litros, 4 bocas, com bomba aferido")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78272", "040")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78272", "Tanque. Marca Tankar. Ano 2009. 18.000 litros. 3 bocas")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78276", "041")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78276", "[ VÍDEO ] Caminhão Scania. Mod. P124 CA 400. 6x4. Ano 2005")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>67.500,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...84 lines deleted...]
-      <c r="E17" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78246", "043")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78246", " CONJUNTO SANTAL TRANSBORDO MOD. VT10500 ANO 2014 (Ref. DD)")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
         <is>
           <t>40.000,00</t>
         </is>
       </c>
-      <c r="F17" s="4" t="inlineStr">
-[...474 lines deleted...]
-      <c r="E32" s="5" t="inlineStr">
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78244", "054")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78244", "TRANSBORDO SANTA IZABEL. 10,5 toneladas. ANO 2010 (Ref.RT05)")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>17.350,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78236", "055")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78236", " [ VÍDEO ] COLHEDORA CASE MOD. 8800 ANO 2015 (Ref. CH03)")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>170.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78237", "056")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78237", "[ VÍDEO ] COLHEDORA DE CANA JOHN DEERE MOD. 3522 ANO 2013 (Ref. CH05)")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>150.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78239", "058")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78239", "[ VÍDEO ] COLHEDORA DE CANA JOHN DEERE MOD. 3522 ANO 2014 (Ref. CH06)")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>175.000,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>275000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78238", "059")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78238", "[ VÍDEO ] COLHEDORA DE CANA JOHN DEERE MOD. 3522 ANO 2014 (Ref. CH07)")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>180.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78249", "060")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78249", "[ VÍDEO ] COLHEDORA DE CANA JOHN DEERE 3522 ANO 2013 (Ref. CH08)")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>150.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78240", "061")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78240", "[ VÍDEO ] COLHEDORA DE CANA JOHN DEERE 3520 ANO 2011 (Ref. CH09)")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
         <is>
           <t>70.000,00</t>
         </is>
       </c>
-      <c r="F32" s="4" t="inlineStr">
-[...134 lines deleted...]
-      <c r="A37" s="5" t="inlineStr">
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78251", "062")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78251", "Par de Esteira rodante John deere 3520, Completa com cubos redutores. ")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>15.500,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78252", "063")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78252", "Carroceria Bau frigorífico para caminhão toco - Parou funcionando")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78253", "064")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78253", "Carreta adaptada para distribuir torta Parou trabalhando ")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
-      <c r="B37" s="4" t="inlineStr">
-[...653 lines deleted...]
-      </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
-      <c r="A58" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78649", "065")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78649", "Roçadeira de arrasto da marca Inroda. Ano 2017. ")</f>
       </c>
       <c r="C58" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t>9.600,00</t>
         </is>
       </c>
       <c r="F58" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>