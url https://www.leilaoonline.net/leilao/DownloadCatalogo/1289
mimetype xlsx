--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,539 +269,475 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78281", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78281", "NISSAN; FRONTIER XE 4X2; 2012/2013; PRETA; DIESEL")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>22.250,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78280", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78280", "VW/ÔNIBUS; INDUSCAR APACHE, 2006/2006, BRANCO, DIESEL, FROTA 128 - FUNCIONANDO")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>82</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>26.250,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78278", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78278", "VW/ÔNIBUS; INDUSCAR APACHE, 2006/2006, BRANCO, DIESEL, FROTA 313 - FUNCIONANDO")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>65</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>21.250,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78279", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78279", "veja o vídeo!!! ÔNIBUS, VW INDUSCAR APACHE, 2008/2008, BRANCO; DIESEL - FROTA 103 - FUNCIONANDO")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>62</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>20.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78284", "008")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78284", "I/FORD FUSION; 2014/2015; PRETA; GASOLINA; FROTA 070 - FUNCIONANDO")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>85</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>41.750,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78283", "010")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78283", "NISSAN; FRONTIER XE 4X2; 2012/2013; PRETA; DIESEL")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78282", "011")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78282", "NISSAN; FRONTIER XE 4X2; 2012/2013; PRETA; DIESEL")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>15.100,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
         <is>
           <t>550.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...25 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78285", "015")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78285", "FORD/ECOSPORT XLT; 2008/2008; PRATA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>63</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>20.250,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...25 lines deleted...]
-      <c r="F13" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78286", "016")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78286", "I/FORD TRANSIT 350L TA; 2011/2011; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>110</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78287", "017")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78287", "FIAT/STRADA VOLCANO 13CD; 2020/2021; FUNCIONANDO - APROX. 14 KM - IPVA PAGO")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>40</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>80.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78288", "019")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78288", "VW/KOMBI FURGAO; 2005/2005; BRANCA; GASOLINA; FOOD TRUCK - FUNCIONANDO")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>99</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>18.100,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78289", "025")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78289", " VW GOL 1.0 GIV 2011/2011 PRATA ALCO./GASOL. FROTA 169")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>10.200,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78291", "102")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78291", "BAÚ PARA CAMINHÃO TOCO")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78292", "103")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78292", "VW/VOYAGE GL; 1987/1988; VERDE; ALCOOL - FUNCIONANDO")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>28</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>8.050,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78290", "106")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78290", "I/VW; PASSAT VAR 2.0T FSI; 2008/2009; PRETA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>42</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...382 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78293", "107")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78293", "MMC/PAJERO TR4 FLEX; 2007/2008; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>72</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>24.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>