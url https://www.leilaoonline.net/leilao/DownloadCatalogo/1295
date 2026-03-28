--- v0 (2025-11-13)
+++ v1 (2026-03-28)
@@ -269,8987 +269,7867 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78790", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78790", " Secadora de roupas Brastemp modelo BSR24CBBNA 220v 2000w")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78791", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78791", "CPU APPLE Power Mac G4 modelo M5183 100-120V/200-240V 8a/4.5a 50-60 hz, não acompanha cabos")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>522,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78792", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78792", "CPU APPLE Power Macintosh G4 100-120v - 200-240v - 7A3.5A 480W 50-60 HZ, não acompanha cabos")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78810", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78810", "CPU APPLE Power Mac G4 modelo M8570 100-1207-200-240V 6.5A/3.5A 50-60HZ , não acompanha cabos")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78812", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78812", " Notebook Apple MacBook Antigo")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>435,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78803", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78803", " Switch Dell PowerConnect 6024 100-240 50-60hz 3.2A")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78811", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78811", " Máquina de Lavar e Secar Brastemp Ative modelo BWS24ASANA 127V 7kg ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>380,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78809", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78809", " Servidor vintage HP Hewlett Packard NetServer 5/100LH  100-127v 200-240v 7.5A 4.4A")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78802", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78802", "CPU Apple Compumac 0020, não acompanha cabos")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78801", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78801", " Nobreak NHS modelo Premium Senoidal Gii 2000VA 127-220V")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78806", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78806", " Nobreak Power Sinus ii Senoidal 3200VA entrada 115/127/220v Saída 115v ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78797", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78797", " Nobreak Power Sinus ii Senoidal 3200VA entrada 115/127/220v Saída 115v ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78795", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78795", "Ultrassom Ultrasound Ge Medical Systems Modelo 7L")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78804", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78804", "Ultrassom Ultrasound Ge Medical Systems Modelo 7L")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78799", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78799", " Ultrassom Philips Modelo L18-5")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78793", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78793", " Ultrassom Philips Modelo L18-5")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78796", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78796", " Servidor Dell PowerEdge 2800 ")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78798", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78798", " Servidor Ibm System Storage Ts2900")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78805", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78805", "3 Nobreaks - Sendo 2 Nobreaks Uninterruptible Power System Bk Trusting 2.5 Kva, Entrada 220 Saída 110 Bateria 4.8Vcc, Nobreak Logmaster Vipmaster 6 Kva, Entrada E Saída 220 Bateria 4.8V E Um Banco De Bateria Sem Bateria (Só O Case) ")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78808", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78808", " Nobreak Eaton 9130 Pw1930N1000R 220V 1Wva")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78800", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78800", " Nobreak Eaton 9130 Pw1930N1000R 220V 1Wva")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78794", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78794", " Nobreak Eaton 9130 Pw1930N1000R 220V 1Wva")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78807", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78807", " Nobreak On-Line Ups Modelo Memo 3Kva Rt 2013 220V")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78813", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78813", " Gaveta De Teclado Monitor Cirque Glidepoint")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78838", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78838", " Hd  Hitachi 300Gb Com Gaveta ")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78837", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78837", " 4 Hd´S  Seagate 15K.5 300Gb  ")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78866", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78866", " 4 Hd´S  Seagate 15K.7 300Gb")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78864", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78864", " 2 Hd´S Seagate 15K.6 300Gb")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78865", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78865", " 2 Hd´S  Seagate Cheedah Ns2 600Gb ")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78863", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78863", " Hd Hitachi 600Gb  ")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78897", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78897", " Hd Hgst 300Gb")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78896", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78896", " 4 Hd´S Seagate 15K.7 300Gb ")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78895", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78895", " 4 Hd´S Seagate 15K.7 300Gb ")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78894", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78894", " 4 Hd´S Seagate 15K.7 300Gb ")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78893", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78893", " 4 Hd´S Seagate 15K.7 300Gb ")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78898", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78898", " Amassadeira Conjugada 4 Em 1 Malta")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78899", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78899", " Máquina De Lavar Lg Twinwash")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78900", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78900", " 5  Tablets Diversas Marca Samsung Dvs Modelos")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78923", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78923", " Tablet Acer Iconia One 7 B1-730hd")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78919", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78919", "All in One HP TouchSmart 310PC 18.V 6.5A com fonte, não acompanha cabos")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78924", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78924", " Rack servidor ( somente case, sem vidro)")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78920", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78920", " Forno Elétrico Fogatti Kr 2840A 127V")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>110,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78928", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78928", " Máquina solda esab bantam 2000")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78925", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78925", " Adega Dynasty Modelo 25241 127V 70W 7.7Kg")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78929", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78929", " Geladeira/Refrigerador Brastemp Modelo Bri42Abana 8Kg 127V 160W  ")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78931", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78931", " Colchão massageador digital W.fisio entrada 100-240v 0.2a 50/60hz saída 12v 2.0a")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>120,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78934", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78934", " Kit painel A3100 e botões de chamada Marca Aceno Digital")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>190,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78935", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78935", " 2 Projetores Epson e Dell")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...46 lines deleted...]
-      <c r="E13" s="5" t="inlineStr">
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78937", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78937", " 2 Projetores Epson e Lg")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78941", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78941", " Projetor Epson Powerlite S8  H309A 2500Lm 349 Horas 2500 Lumens")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>270,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78943", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78943", " Projetor Epson Powerlite X24  Mod. H553A 1875 Horas 3500 Lumens")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78944", "052")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78944", " Projetor Epson Mod. Emp-1705 1640 Horas 2500 Lumens")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78945", "053")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78945", " Aprox. 25 Rastreadores Veicular Diversas Marca Com Carregadores ")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78946", "054")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78946", " Aprox. 25 Rastreadores Veicular Diversas Marca Com Carregadores ")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78965", "055")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78965", " Aprox. 30 Rastreadores  Veicular Diversas Marca Sem Carregadores")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78963", "056")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78963", " Aprox. 05 Cabos Sas Madison Cable Type Cl2 75ºc 28 Awg")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78964", "057")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78964", " Rotuladora Brady Mod. Bmp21")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>140,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78959", "058")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78959", " Rotuladora Brady Mod. Idpa")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>140,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78967", "059")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78967", " Relógio Ponto Rep Control Id Mod Rep Id Class")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78966", "060")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78966", " Relógio Ponto Rep Idx Bio")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78971", "061")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78971", " Relógio Ponto Rep Idx Bio")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78972", "062")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78972", " 3 Rádios Selex Comunicações Puma T3 Plus 2")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78968", "063")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78968", " Aprox. 10 Baterias De Rádio Motorola Diversos Modelos")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78969", "064")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78969", " Aprox. 10 Baterias De Rádio Motorola Diversos Modelos")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78970", "065")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78970", " Aprox. 10 Baterias De Rádio Motorola Diversos Modelos")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78973", "066")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78973", " Aprox. 10 Baterias De Rádio Motorola Diversos Modelos")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78985", "067")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78985", " Aprox. 25 Bases Carregador Motorola Diversos Modelos Sem Fonte")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>125,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78988", "068")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78988", " Aprox. 25 Bases Carregador Motorola Diversos Modelos Sem Fonte")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>125,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78991", "069")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78991", " Aprox. 25 Bases Carregador Motorola Diversos Modelos Sem Fonte")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>125,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78997", "070")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78997", " Aprox. 25 Bases Carregador Motorola Diversos Modelos Com Fonte")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79002", "071")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79002", " Contadora De Cédula Sc - 200 Uv")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79001", "072")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79001", " Contadora De Cédula Sc - 200 Uv")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79004", "073")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79004", " 9 Leitores Código Barras Marcas Diversas ")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79010", "074")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79010", " 2 Coletores De Dados Motorola Mc3190G/Symbol Pdt 6100")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>70,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79016", "075")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79016", " 2 Coletores De Dados Motorola")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>70,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79018", "076")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79018", " 4 Coletores De Dados Symbol Pdt 3100")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79019", "077")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79019", " 5 Palm Size Printer Pp50 Datecs(Sem Palm) ")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79027", "078")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79027", " Máquina De Lavar Lg Turbodrum Smart Inverter 13Kg 127V")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79026", "079")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79026", " Máquina Lava E Seca Electrolux127V 9Kg Ecoturbo Modelo Lse09")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79028", "080")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79028", " Máquina Lavar Consul 8Kg 127V Mod. Cwco8Abana30")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79030", "081")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79030", " Aprox. 98 Películas De Vidro Temperada Ultra Proteção Marca Husky Galaxy J7 - Sem Flanela ")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79029", "082")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79029", " Aprox. 125 Películas De Vidro Temperada Ultra Proteção Marca Husky Galaxy J5 - Sem Flanela")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79031", "083")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79031", " Aprox. 250 Películas Gel/Vidro Motorola, Samsung, Asus")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79032", "084")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79032", " Rádio Motorola Em400 Com Microfone ")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79033", "085")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79033", " Aprox. 30 Walk Talks Intelbras - Motorola E Outros")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79034", "086")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79034", " Aprox. 10 Walk Talk Motorola")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79037", "087")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79037", " Aprox. 10 Walk Talk Motorola")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79035", "088")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79035", " Aprox. 14 Chaves Bóia Reguladora De Nível Superior Inferior")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>280,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79036", "089")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79036", " Aprox. 36 Cartuchos - Sendo 7 Cartuchos Brother Lc60Bk, 8 Cartuchos Brother Lc60C, 7 Cartuchos Brother Lc60Y, 9 Cartuchos Brother Lc60M, 1 Cartucho Lc61M, 2 Cartuchos Brother Lc61C, 1 Cartucho Brother Lc61Y E 1 Cartucho Brother Lc61Bk")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>220,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79038", "090")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79038", " 7 Lâmpadas Ge Watt Miser-Flood Par 38 120W E 240/250V")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79039", "091")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79039", " Smartphone Pocket Pc Poz Cp-X315Br - Cdma Ix Evdo Cyberbank")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79046", "092")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79046", " Tablet De Videoconferência Cisco Cius 7K 9")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>125,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79047", "093")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79047", " Tablet De Videoconferência Cisco Cius 7K 9")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>125,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79071", "094")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79071", " Tablet De Videoconferência Cisco Cius 7K 9")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>125,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79070", "095")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79070", " Tablet De Videoconferência Cisco Cius 7K 9")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>125,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79076", "096")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79076", " Tablet De Videoconferência Cisco Cius 7K 9")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>125,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79073", "097")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79073", " Soprador Pet H2 Out Atacama Petshop Azul 100V")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79054", "098")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79054", " 3 Telefone Cisco Modelo 7911")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79043", "099")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79043", " Telefone Cisco Modelo 7961")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>20,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79045", "100")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79045", " 4 Telefones Ericsson Mod. Idp 7024D")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79063", "101")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79063", " Telefone Ibratele Mod. Capta Phone Top")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>40,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79056", "102")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79056", " 5 Telefones Intelbras Mod. Tc 50 Premiun")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79062", "103")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79062", " 5 Telefones Intelbras Mod. Tc 50 Premiun")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79077", "104")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79077", " 5 Telefones Intelbras Mod. Tc 50 Premiun")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79067", "105")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79067", " 5 Telefones Intelbras Mod. Tc 50 Premiun")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79058", "106")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79058", " Telefone Cisco  7961 Com Módulo 7914")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79065", "107")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79065", " Áudio Conferência Avaya Polycom 4690 Ip Não Acompanha Fonte")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79044", "108")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79044", " Áudio Conferência Avaya Polycom 4690 Ip Não Acompanha Fonte")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79041", "109")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79041", " Telefone Polycom De Conferência Não Acompanha Fonte")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79075", "110")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79075", " Telefone Polycom De Conferência Não Acompanha Fonte")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79068", "111")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79068", " Telefone Polycom De Conferência Não Acompanha Fonte")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79050", "112")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79050", " Cpu Pdv Touch Screen Protech Systems Pa-6970-Pp, Processador I3 2120, 4Gb. Hd 500Gb, Tela 15" Touch Screen Windows 10 Pró Versão Avaliação, 3 Portas Seriais, 4 Usb´S, Saída De Áudio, Saída Vga, Porta Rede Lan")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79072", "113")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79072", " Aquecedor E Desumidificador Mondial - 127V")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>40,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79059", "114")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79059", " Aprox.. 30 Cabos De Rede Patch Cord U/Utp Azul")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79049", "116")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79049", " Máquina De Estampar Min Mmf72")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79066", "117")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79066", " 2 Balanças Urano Us 20/2 Pop-S, Uma Não Possui A Tampa")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>70,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79048", "118")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79048", " Aprox. 630 Cabos Sata Ata 28 awg E209329 30v 80°C")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79064", "119")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79064", " Esteira Athletic Advanced 3")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>120,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79042", "120")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79042", " Bicicleta Ergométrica Caloi Fitness Cl502 Magnetic")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>165,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79055", "121")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79055", " Remoergômetro Acqua Gym Up Fitness modelo Nepar suporta até 150kg ( faltando peça de apoio)")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79057", "122")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79057", " All in One Dell Inspiron one 2330 23" polegadas ")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>680,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79051", "123")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79051", " Geladeira Consul modelo CRM38BBNA  220V  ligando")</f>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79060", "124")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79060", " Lava-Louças Bosch modelo sgs55e02bs/82 127V ")</f>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79052", "125")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79052", "Switch Dell modelo E15W002N1548  - 12V,15A 48 portas")</f>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79074", "126")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79074", " Projetor Compac IEC  Antigo 110/220V 1.250W")</f>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F135" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79069", "127")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79069", " Ar-Condicionado Samsung Tipo Split Frio 18.000  220V Btus Mod. Ar18Kvstsgmxaz")</f>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D136" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F136" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79053", "128")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79053", " Para-choque Gol e Saveiro G5 ")</f>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D137" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F137" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78816", "129")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78816", " Balança de ferro Continente Capacidade 300kg ")</f>
+      </c>
+      <c r="C138" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D138" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F138" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78815", "130")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78815", " Laço gigante para carro")</f>
+      </c>
+      <c r="C139" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D139" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E139" s="5" t="inlineStr">
+        <is>
+          <t>75,00</t>
+        </is>
+      </c>
+      <c r="F139" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78814", "131")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78814", " Laço gigante para carro")</f>
+      </c>
+      <c r="C140" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D140" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
+        <is>
+          <t>75,00</t>
+        </is>
+      </c>
+      <c r="F140" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78819", "132")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78819", " Caixa De Som Profissional Selenium 2 Alto Falantes, 2 Tweters E 2 Cornetas")</f>
+      </c>
+      <c r="C141" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D141" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E141" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F141" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78835", "133")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78835", " Caixa De Som Profissional Selenium 2 Alto Falantes, 2 Tweters E 2 Cornetas")</f>
+      </c>
+      <c r="C142" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D142" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E142" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F142" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78831", "134")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78831", " Piano Arbon (Precisa de restauração conforme fotos originais)")</f>
+      </c>
+      <c r="C143" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D143" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E143" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F143" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78947", "135")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78947", " Magueira de Iluminação Aprox. 80 metros")</f>
+      </c>
+      <c r="C144" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D144" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E144" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F144" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78829", "136")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78829", " Balção expositor de vidro ")</f>
+      </c>
+      <c r="C145" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D145" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E145" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F145" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78834", "137")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78834", " Balção expositor de vidro ")</f>
+      </c>
+      <c r="C146" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D146" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E146" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F146" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78823", "138")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78823", " Passadeira à Vapor Arno Compact Valet IS6200B3 127V 1500W  ")</f>
+      </c>
+      <c r="C147" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D147" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E147" s="5" t="inlineStr">
+        <is>
+          <t>120,00</t>
+        </is>
+      </c>
+      <c r="F147" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78822", "139")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78822", " Rádio Cobra 19 DX II ")</f>
+      </c>
+      <c r="C148" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D148" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E148" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F148" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78818", "140")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78818", " 3 Microfones Com Pedestal Direcional Yoga Ht 320A")</f>
+      </c>
+      <c r="C149" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D149" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E149" s="5" t="inlineStr">
+        <is>
+          <t>120,00</t>
+        </is>
+      </c>
+      <c r="F149" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78951", "141")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78951", " Impressora Dell 1350Cnw Color")</f>
+      </c>
+      <c r="C150" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D150" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E150" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F150" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78952", "142")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78952", " Aspirador De Pó Kãrcher Ds5600 127V 1300W ")</f>
+      </c>
+      <c r="C151" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D151" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E151" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F151" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78953", "143")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78953", " Aparelho dental NSK Surgic XT 110V")</f>
+      </c>
+      <c r="C152" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D152" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E152" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F152" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78954", "144")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78954", "Aparelho dental W &amp; H Implantmed  SI-923 / SI 915 110v ")</f>
+      </c>
+      <c r="C153" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D153" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E153" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F153" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78956", "145")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78956", " Cafeteira popular Monarcha 03 litros, 110V, 900w modelo STP ( Sem tampa)")</f>
+      </c>
+      <c r="C154" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D154" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E154" s="5" t="inlineStr">
+        <is>
+          <t>130,00</t>
+        </is>
+      </c>
+      <c r="F154" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78957", "146")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78957", "  Lixeira Fast Food Inox, Capacidade: Saco 100Lts, Comprimento 57cm x Largura 55cm x Altura 1,15m, OBS: NÃO ACOMPANHA A LIXEIRA INTERNA DE PLASTICO PARA COLOCAÇÃO DO SACO DE LIXO.")</f>
+      </c>
+      <c r="C155" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D155" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E155" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F155" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
+      <c r="A156" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78955", "147")</f>
+      </c>
+      <c r="B156" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78955", " Lixeira Fast Food Inox, Capacidade: Saco 100Lts,Comprimento 57cm x Largura 55cm x Altura 1,15m, OBS: NÃO ACOMPANHA A LIXEIRA INTERNA DE PLASTICO PARA  COLOCAÇÃO DO SACO DE LIXO.")</f>
+      </c>
+      <c r="C156" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D156" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E156" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F156" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
+      <c r="A157" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78958", "148")</f>
+      </c>
+      <c r="B157" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78958", " Lixeira Fast Food Inox, Capacidade: Saco 100Lts,Comprimento 57cm x Largura 55cm x Altura 1,15m, OBS: NÃO ACOMPANHA A LIXEIRA INTERNA DE PLASTICO PARA  COLOCAÇÃO DO SACO DE LIXO, SEM PORTA.")</f>
+      </c>
+      <c r="C157" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D157" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E157" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="E14" s="5" t="inlineStr">
+      <c r="F157" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
+      <c r="A158" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78961", "149")</f>
+      </c>
+      <c r="B158" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78961", " Centrífuga De Frutas Arno Anos 80 220v Cfa 300w")</f>
+      </c>
+      <c r="C158" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D158" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E158" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F158" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
+      <c r="A159" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78960", "150")</f>
+      </c>
+      <c r="B159" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78960", " Batedeira Walita Vintage Modelo Ri 3109/10 220v")</f>
+      </c>
+      <c r="C159" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D159" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E159" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F159" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
+      <c r="A160" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78817", "151")</f>
+      </c>
+      <c r="B160" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78817", "  Telefone Khomp Ips 200")</f>
+      </c>
+      <c r="C160" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D160" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E160" s="5" t="inlineStr">
+        <is>
+          <t>70,00</t>
+        </is>
+      </c>
+      <c r="F160" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
+      <c r="A161" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78830", "152")</f>
+      </c>
+      <c r="B161" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78830", " Máquina Fit Laser Corte A Fio Quente Acabamentos 110v ")</f>
+      </c>
+      <c r="C161" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D161" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E161" s="5" t="inlineStr">
+        <is>
+          <t>60,00</t>
+        </is>
+      </c>
+      <c r="F161" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
+      <c r="A162" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78832", "153")</f>
+      </c>
+      <c r="B162" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78832", "  Teclados Apple Mod. M7803 Vintage ")</f>
+      </c>
+      <c r="C162" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D162" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E162" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F162" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
+      <c r="A163" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78826", "154")</f>
+      </c>
+      <c r="B163" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78826", "  Teclados Apple Mod. M7803 Vintage ")</f>
+      </c>
+      <c r="C163" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D163" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E163" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F163" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
+      <c r="A164" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78962", "155")</f>
+      </c>
+      <c r="B164" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78962", "  Teclados Apple Mod. M7803 Vintage ")</f>
+      </c>
+      <c r="C164" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D164" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E164" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F164" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
+      <c r="A165" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78975", "156")</f>
+      </c>
+      <c r="B165" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78975", "  Teclados Apple Mod. M7803 Vintage ")</f>
+      </c>
+      <c r="C165" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D165" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E165" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F165" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
+      <c r="A166" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78978", "157")</f>
+      </c>
+      <c r="B166" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78978", " 02 Tablet´s Ebook Amazonkindle Modelo D00701 P/ Retirada De Peças")</f>
+      </c>
+      <c r="C166" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D166" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E166" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F166" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
+      <c r="A167" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78976", "158")</f>
+      </c>
+      <c r="B167" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78976", " LG Wireless Media Box An-wl100w - OBS : ACOMPANHA SOMENTE A MEDIA ")</f>
+      </c>
+      <c r="C167" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D167" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E167" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F167" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
+      <c r="A168" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78980", "159")</f>
+      </c>
+      <c r="B168" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78980", " Fragmentadora Aurora modelo AS618SB 220V ")</f>
+      </c>
+      <c r="C168" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D168" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E168" s="5" t="inlineStr">
+        <is>
+          <t>78,00</t>
+        </is>
+      </c>
+      <c r="F168" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
+      <c r="A169" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78974", "160")</f>
+      </c>
+      <c r="B169" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78974", "02 Rádios Motorola GM300 e EM200 sem microfone, não liga")</f>
+      </c>
+      <c r="C169" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D169" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E169" s="5" t="inlineStr">
+        <is>
+          <t>170,00</t>
+        </is>
+      </c>
+      <c r="F169" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
+      <c r="A170" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78824", "161")</f>
+      </c>
+      <c r="B170" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78824", "02 Rádios Motorola EM200/EM400, sem microfone, não liga")</f>
+      </c>
+      <c r="C170" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D170" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E170" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F170" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
+      <c r="A171" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78828", "162")</f>
+      </c>
+      <c r="B171" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78828", "02 Máquinas de escrever Olivetti ET Personal 510-II 115v  e Praxis  201 115v/220v")</f>
+      </c>
+      <c r="C171" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D171" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E171" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F171" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
+      <c r="A172" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78827", "163")</f>
+      </c>
+      <c r="B172" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78827", "02 Máquinas de escrever Olivetti PRAXIS 20 ")</f>
+      </c>
+      <c r="C172" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D172" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E172" s="5" t="inlineStr">
+        <is>
+          <t>120,00</t>
+        </is>
+      </c>
+      <c r="F172" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
+      <c r="A173" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78820", "164")</f>
+      </c>
+      <c r="B173" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78820", "02 relógios Ponto Biométrico Impressão Digital Id Data")</f>
+      </c>
+      <c r="C173" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D173" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E173" s="5" t="inlineStr">
+        <is>
+          <t>30,00</t>
+        </is>
+      </c>
+      <c r="F173" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
+      <c r="A174" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78825", "165")</f>
+      </c>
+      <c r="B174" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78825", "06 relógios Ponto Biométrico Impressão Digital Id Data")</f>
+      </c>
+      <c r="C174" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D174" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E174" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F174" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
+      <c r="A175" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78821", "166")</f>
+      </c>
+      <c r="B175" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78821", "02 Máquinas de escrever Olivetti (uma falta 04 teclas)")</f>
+      </c>
+      <c r="C175" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D175" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E175" s="5" t="inlineStr">
+        <is>
+          <t>270,00</t>
+        </is>
+      </c>
+      <c r="F175" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
+      <c r="A176" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78979", "167")</f>
+      </c>
+      <c r="B176" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78979", "02 Máquinas de escrever Olivetti Linea88 e Olivetti Linea 98 (faltam algumas teclas)")</f>
+      </c>
+      <c r="C176" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D176" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E176" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F176" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
+      <c r="A177" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78977", "168")</f>
+      </c>
+      <c r="B177" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78977", "02 Máquinas de escrever, Olympia e Olivetti Lettera 82")</f>
+      </c>
+      <c r="C177" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D177" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E177" s="5" t="inlineStr">
         <is>
           <t>400,00</t>
         </is>
       </c>
-      <c r="F14" s="4" t="inlineStr">
-[...58 lines deleted...]
-      <c r="E16" s="5" t="inlineStr">
+      <c r="F177" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
+      <c r="A178" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78983", "169")</f>
+      </c>
+      <c r="B178" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78983", "02 Bases monitor HP ")</f>
+      </c>
+      <c r="C178" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D178" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E178" s="5" t="inlineStr">
+        <is>
+          <t>70,00</t>
+        </is>
+      </c>
+      <c r="F178" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
+      <c r="A179" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78981", "170")</f>
+      </c>
+      <c r="B179" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78981", "02 Bases monitor, HP e DELL")</f>
+      </c>
+      <c r="C179" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D179" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E179" s="5" t="inlineStr">
+        <is>
+          <t>120,00</t>
+        </is>
+      </c>
+      <c r="F179" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
+      <c r="A180" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78982", "171")</f>
+      </c>
+      <c r="B180" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78982", "03 notebooks vintage Toshiba, 300CDS, 2060CDS, 335CDT (sem fonte)")</f>
+      </c>
+      <c r="C180" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D180" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E180" s="5" t="inlineStr">
+        <is>
+          <t>560,00</t>
+        </is>
+      </c>
+      <c r="F180" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
+      <c r="A181" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78986", "172")</f>
+      </c>
+      <c r="B181" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78986", " Notebook IBM Vintage (sem bateria e fonte)")</f>
+      </c>
+      <c r="C181" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D181" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E181" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F181" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
+      <c r="A182" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78992", "173")</f>
+      </c>
+      <c r="B182" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78992", " Máquina de cartão Evolis modelo Pebble 4 (sem fonte)")</f>
+      </c>
+      <c r="C182" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D182" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E182" s="5" t="inlineStr">
+        <is>
+          <t>190,00</t>
+        </is>
+      </c>
+      <c r="F182" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
+      <c r="A183" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78984", "174")</f>
+      </c>
+      <c r="B183" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78984", " Monitor Bematech Led 8 Sem Suporte OBS.: NÃO EXISTE O PEDESTAL PRA VENDA, O COMPRADOR TERÁ QUE ADAPTAR.")</f>
+      </c>
+      <c r="C183" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D183" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E183" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F183" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
+      <c r="A184" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78996", "176")</f>
+      </c>
+      <c r="B184" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78996", " 03 Rádios Alinco DR-130TE2  VHF com microfone ")</f>
+      </c>
+      <c r="C184" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D184" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E184" s="5" t="inlineStr">
+        <is>
+          <t>410,00</t>
+        </is>
+      </c>
+      <c r="F184" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
+      <c r="A185" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78994", "177")</f>
+      </c>
+      <c r="B185" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78994", " 04 Rádios Alinco DR-130TE2  VHF com microfone ")</f>
+      </c>
+      <c r="C185" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D185" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E185" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F185" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
+      <c r="A186" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79024", "178")</f>
+      </c>
+      <c r="B186" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79024", " 04 Rádios Alinco DR-130TE2  VHF sem microfone (1)")</f>
+      </c>
+      <c r="C186" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D186" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E186" s="5" t="inlineStr">
+        <is>
+          <t>320,00</t>
+        </is>
+      </c>
+      <c r="F186" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="187">
+      <c r="A187" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78987", "179")</f>
+      </c>
+      <c r="B187" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78987", " 04 Rádios Alinco DR-130TE2  VHF sem microfone (2)")</f>
+      </c>
+      <c r="C187" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D187" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E187" s="5" t="inlineStr">
+        <is>
+          <t>320,00</t>
+        </is>
+      </c>
+      <c r="F187" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="188">
+      <c r="A188" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78990", "180")</f>
+      </c>
+      <c r="B188" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78990", " 04 Rádios Alinco DR-130TE2  VHF sem microfone (3)")</f>
+      </c>
+      <c r="C188" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D188" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E188" s="5" t="inlineStr">
+        <is>
+          <t>320,00</t>
+        </is>
+      </c>
+      <c r="F188" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="189">
+      <c r="A189" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78993", "181")</f>
+      </c>
+      <c r="B189" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78993", " 04 Rádios Alinco DR-130TE2  VHF sem microfone (4)")</f>
+      </c>
+      <c r="C189" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D189" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E189" s="5" t="inlineStr">
+        <is>
+          <t>320,00</t>
+        </is>
+      </c>
+      <c r="F189" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="190">
+      <c r="A190" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78833", "182")</f>
+      </c>
+      <c r="B190" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78833", " Rádio Motorola Radius SM50 sem microfone ")</f>
+      </c>
+      <c r="C190" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D190" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E190" s="5" t="inlineStr">
+        <is>
+          <t>70,00</t>
+        </is>
+      </c>
+      <c r="F190" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="191">
+      <c r="A191" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78836", "183")</f>
+      </c>
+      <c r="B191" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78836", " Rádio Vertex FTL-2011 VHF sem microfone")</f>
+      </c>
+      <c r="C191" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D191" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E191" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F191" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="192">
+      <c r="A192" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78839", "184")</f>
+      </c>
+      <c r="B192" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78839", " Rádio Motorola Radius GM300 com microfone ")</f>
+      </c>
+      <c r="C192" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D192" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E192" s="5" t="inlineStr">
         <is>
           <t>150,00</t>
         </is>
       </c>
-      <c r="F16" s="4" t="inlineStr">
-[...16 lines deleted...]
-      <c r="C17" s="4" t="inlineStr">
+      <c r="F192" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="193">
+      <c r="A193" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78847", "185")</f>
+      </c>
+      <c r="B193" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78847", " Rádio Motorola PRO5150 sem antena ")</f>
+      </c>
+      <c r="C193" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D17" s="4" t="inlineStr">
+      <c r="D193" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E193" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F193" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="194">
+      <c r="A194" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78841", "186")</f>
+      </c>
+      <c r="B194" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78841", " Rádio Motorola EP450S sem antena e clips")</f>
+      </c>
+      <c r="C194" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D194" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E194" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F194" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="195">
+      <c r="A195" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78840", "187")</f>
+      </c>
+      <c r="B195" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78840", " Aprox 15 câmeras marcas giga e qsee ")</f>
+      </c>
+      <c r="C195" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D195" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E17" s="5" t="inlineStr">
+      <c r="E195" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F195" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="196">
+      <c r="A196" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78850", "191")</f>
+      </c>
+      <c r="B196" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78850", "  Mini Repetidor Celular 1800mhz Rp1860 Aquário")</f>
+      </c>
+      <c r="C196" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D196" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E196" s="5" t="inlineStr">
+        <is>
+          <t>490,00</t>
+        </is>
+      </c>
+      <c r="F196" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="197">
+      <c r="A197" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78849", "192")</f>
+      </c>
+      <c r="B197" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78849", " Pia Meber ")</f>
+      </c>
+      <c r="C197" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D197" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E197" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F197" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="198">
+      <c r="A198" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78995", "193")</f>
+      </c>
+      <c r="B198" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78995", " Máquina de costura vintage Singer M.R 1930")</f>
+      </c>
+      <c r="C198" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D198" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E198" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F198" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="199">
+      <c r="A199" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78845", "194")</f>
+      </c>
+      <c r="B199" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78845", " Vitrola Toca Discos Antiga Philips Stereo 561 127v ")</f>
+      </c>
+      <c r="C199" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D199" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E199" s="5" t="inlineStr">
+        <is>
+          <t>120,00</t>
+        </is>
+      </c>
+      <c r="F199" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="200">
+      <c r="A200" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78853", "195")</f>
+      </c>
+      <c r="B200" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78853", " Televisão Antiga Toshiba 127/220v ")</f>
+      </c>
+      <c r="C200" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D200" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E200" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F200" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="201">
+      <c r="A201" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78851", "196")</f>
+      </c>
+      <c r="B201" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78851", "04 ferros de passar roupa marcas Mondial, Philco e Master home 127v e127/220v")</f>
+      </c>
+      <c r="C201" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D201" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E201" s="5" t="inlineStr">
+        <is>
+          <t>120,00</t>
+        </is>
+      </c>
+      <c r="F201" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="202">
+      <c r="A202" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78852", "197")</f>
+      </c>
+      <c r="B202" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78852", "04 Secadores de cabelo marcas, Gama, Taiff e Philco 127v")</f>
+      </c>
+      <c r="C202" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D202" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E202" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F202" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="203">
+      <c r="A203" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78999", "198")</f>
+      </c>
+      <c r="B203" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78999", "04 Secadores de cabelo  marcas Loreal, Black Decker, Britânia e Cadence 127v e 220v")</f>
+      </c>
+      <c r="C203" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D203" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E203" s="5" t="inlineStr">
+        <is>
+          <t>60,00</t>
+        </is>
+      </c>
+      <c r="F203" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="204">
+      <c r="A204" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78998", "199")</f>
+      </c>
+      <c r="B204" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78998", "03 Chapinhas marcas Mondial, Philips e  Conair 127v/220v ")</f>
+      </c>
+      <c r="C204" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D204" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E204" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F204" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="205">
+      <c r="A205" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79000", "200")</f>
+      </c>
+      <c r="B205" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79000", "Aparelho de som Sony modelo LBT-XB44 127V/220V 250W")</f>
+      </c>
+      <c r="C205" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D205" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E205" s="5" t="inlineStr">
+        <is>
+          <t>160,00</t>
+        </is>
+      </c>
+      <c r="F205" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="206">
+      <c r="A206" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78843", "201")</f>
+      </c>
+      <c r="B206" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78843", "Gravador de rolo vintage Philips 4407 Stereo 127v/220v")</f>
+      </c>
+      <c r="C206" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D206" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E206" s="5" t="inlineStr">
+        <is>
+          <t>190,00</t>
+        </is>
+      </c>
+      <c r="F206" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="207">
+      <c r="A207" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78854", "202")</f>
+      </c>
+      <c r="B207" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78854", " Tape Deck Evadin TD 7218 110/220v ")</f>
+      </c>
+      <c r="C207" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D207" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E207" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F207" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="208">
+      <c r="A208" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78859", "203")</f>
+      </c>
+      <c r="B208" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78859", "02 Microfones system de mesa")</f>
+      </c>
+      <c r="C208" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D208" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E208" s="5" t="inlineStr">
+        <is>
+          <t>45,00</t>
+        </is>
+      </c>
+      <c r="F208" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="209">
+      <c r="A209" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78857", "204")</f>
+      </c>
+      <c r="B209" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78857", " Aprox. 22 fones de ouvido diversas marcas e modelos")</f>
+      </c>
+      <c r="C209" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D209" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E209" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F209" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="210">
+      <c r="A210" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78860", "205")</f>
+      </c>
+      <c r="B210" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78860", " Impressora de cheque Pertochek modelo 3A0B0W-00 502S ")</f>
+      </c>
+      <c r="C210" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D210" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E210" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F210" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="211">
+      <c r="A211" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78855", "206")</f>
+      </c>
+      <c r="B211" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78855", "03 calculadoras de mesas modelos Elgin MR 6124, Casio HR-150TM e Sharp EL-1750P ( 2 a pilhas e 1 127/220v), ligando")</f>
+      </c>
+      <c r="C211" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D211" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E211" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F211" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="212">
+      <c r="A212" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78861", "207")</f>
+      </c>
+      <c r="B212" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78861", "04 calculadoras de mesas modelos Elgin MR 6124 e uma sharp ( 1 pilha e 03 127/220v)")</f>
+      </c>
+      <c r="C212" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D212" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E212" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F212" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="213">
+      <c r="A213" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79006", "208")</f>
+      </c>
+      <c r="B213" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79006", " Aprox. 35 câmeras Mini Dome diversas marcas e modelos ")</f>
+      </c>
+      <c r="C213" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D213" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E213" s="5" t="inlineStr">
+        <is>
+          <t>425,00</t>
+        </is>
+      </c>
+      <c r="F213" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="214">
+      <c r="A214" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78856", "209")</f>
+      </c>
+      <c r="B214" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78856", "10 impressoras ficais modelos  Daruma FS700, Bematech MP-400, Daruma FS-600")</f>
+      </c>
+      <c r="C214" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D214" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E214" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F214" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="215">
+      <c r="A215" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78848", "210")</f>
+      </c>
+      <c r="B215" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78848", " Aprox. 25 câmeras de segurança diversas marcas e modelos ")</f>
+      </c>
+      <c r="C215" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D215" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E215" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F215" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="216">
+      <c r="A216" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78846", "211")</f>
+      </c>
+      <c r="B216" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78846", " Aprox. 10 teclados Dell diversas marcas e modelos")</f>
+      </c>
+      <c r="C216" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D216" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E216" s="5" t="inlineStr">
+        <is>
+          <t>70,00</t>
+        </is>
+      </c>
+      <c r="F216" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="217">
+      <c r="A217" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78862", "213")</f>
+      </c>
+      <c r="B217" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78862", " Aprox. 23 Câmeras de segurança Tecvoz IP")</f>
+      </c>
+      <c r="C217" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D217" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E217" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F217" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="218">
+      <c r="A218" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78867", "214")</f>
+      </c>
+      <c r="B218" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78867", " Toca Discos AKAI AP-A2C 110/120/220/240V ")</f>
+      </c>
+      <c r="C218" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D218" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E218" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F218" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="219">
+      <c r="A219" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78868", "215")</f>
+      </c>
+      <c r="B219" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78868", " Toca Discos Philips F1430 110/220V")</f>
+      </c>
+      <c r="C219" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D219" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E219" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F219" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="220">
+      <c r="A220" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78869", "216")</f>
+      </c>
+      <c r="B220" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78869", " Toca Discos Technics modelo  SL-Q03 (N) 110/220V  6W")</f>
+      </c>
+      <c r="C220" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D220" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E220" s="5" t="inlineStr">
+        <is>
+          <t>420,00</t>
+        </is>
+      </c>
+      <c r="F220" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="221">
+      <c r="A221" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78870", "217")</f>
+      </c>
+      <c r="B221" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78870", "Compact Disc player  Sony CDP-C502M 110/120/220/204V 10W")</f>
+      </c>
+      <c r="C221" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D221" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E221" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F221" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="222">
+      <c r="A222" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78880", "218")</f>
+      </c>
+      <c r="B222" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78880", " Toca Discos Polyvox  TD 6000 117/220V 20W ")</f>
+      </c>
+      <c r="C222" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D222" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E222" s="5" t="inlineStr">
+        <is>
+          <t>240,00</t>
+        </is>
+      </c>
+      <c r="F222" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="223">
+      <c r="A223" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78871", "219")</f>
+      </c>
+      <c r="B223" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78871", "Compact Disc player JVC  XL-V262BK 127/220V 11W ")</f>
+      </c>
+      <c r="C223" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D223" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E223" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F223" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="224">
+      <c r="A224" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78882", "220")</f>
+      </c>
+      <c r="B224" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78882", "Compact Disc Sony CDP-C322M 110/120/220/240V 12W")</f>
+      </c>
+      <c r="C224" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D224" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E224" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F224" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="225">
+      <c r="A225" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78881", "221")</f>
+      </c>
+      <c r="B225" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78881", " Video Cassete Aiwa BR8000BH  100/240V 21W")</f>
+      </c>
+      <c r="C225" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D225" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E225" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F225" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="226">
+      <c r="A226" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78874", "222")</f>
+      </c>
+      <c r="B226" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78874", " Video Cassete Aiwa BR3000BH 110/240V 23W ")</f>
+      </c>
+      <c r="C226" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D226" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E226" s="5" t="inlineStr">
+        <is>
+          <t>140,00</t>
+        </is>
+      </c>
+      <c r="F226" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="227">
+      <c r="A227" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78873", "223")</f>
+      </c>
+      <c r="B227" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78873", "DVD Panasonic modelo CV50U 127V 16W")</f>
+      </c>
+      <c r="C227" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D227" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E227" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F227" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="228">
+      <c r="A228" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79003", "224")</f>
+      </c>
+      <c r="B228" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79003", " Toca Discos Gradiente D-35 ")</f>
+      </c>
+      <c r="C228" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D228" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E228" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F228" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="229">
+      <c r="A229" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79008", "225")</f>
+      </c>
+      <c r="B229" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79008", " CD Player Pioneer PD-F507 120V 11W ")</f>
+      </c>
+      <c r="C229" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D229" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E229" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F229" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="230">
+      <c r="A230" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79009", "226")</f>
+      </c>
+      <c r="B230" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79009", " Direct Box Behringer DI 400 Ultra Di Pro  4 Canais 110V  ")</f>
+      </c>
+      <c r="C230" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D230" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E230" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F230" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="231">
+      <c r="A231" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79005", "227")</f>
+      </c>
+      <c r="B231" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79005", " Amplificador AIKO System PA-3000 127/220V ")</f>
+      </c>
+      <c r="C231" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D231" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E231" s="5" t="inlineStr">
+        <is>
+          <t>290,00</t>
+        </is>
+      </c>
+      <c r="F231" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="232">
+      <c r="A232" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79007", "228")</f>
+      </c>
+      <c r="B232" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79007", " Aiwa stereo cassete deck L30 120V 10W ")</f>
+      </c>
+      <c r="C232" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D232" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E232" s="5" t="inlineStr">
+        <is>
+          <t>280,00</t>
+        </is>
+      </c>
+      <c r="F232" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="233">
+      <c r="A233" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79014", "229")</f>
+      </c>
+      <c r="B233" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79014", " TUNER STEREO FM AIKO DT 3000")</f>
+      </c>
+      <c r="C233" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D233" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E233" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F233" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="234">
+      <c r="A234" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78875", "230")</f>
+      </c>
+      <c r="B234" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78875", " Tape Deck Aiko TD - 3000 117/220V ")</f>
+      </c>
+      <c r="C234" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D234" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E234" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F234" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="235">
+      <c r="A235" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78877", "231")</f>
+      </c>
+      <c r="B235" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78877", " Tape Deck Aiko TD - 3000 117/220V")</f>
+      </c>
+      <c r="C235" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D235" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E235" s="5" t="inlineStr">
+        <is>
+          <t>130,00</t>
+        </is>
+      </c>
+      <c r="F235" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="236">
+      <c r="A236" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79017", "232")</f>
+      </c>
+      <c r="B236" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79017", " Tuner Aiko DT-3000")</f>
+      </c>
+      <c r="C236" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D236" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E236" s="5" t="inlineStr">
+        <is>
+          <t>130,00</t>
+        </is>
+      </c>
+      <c r="F236" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="237">
+      <c r="A237" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78878", "233")</f>
+      </c>
+      <c r="B237" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78878", " Receptor Uniden UST-9000 120V 120W ")</f>
+      </c>
+      <c r="C237" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D237" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E237" s="5" t="inlineStr">
+        <is>
+          <t>120,00</t>
+        </is>
+      </c>
+      <c r="F237" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="238">
+      <c r="A238" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78872", "234")</f>
+      </c>
+      <c r="B238" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78872", " Tape Deck cassete Gradiente CD-3500 110/220V ")</f>
+      </c>
+      <c r="C238" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D238" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E238" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F238" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="239">
+      <c r="A239" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79015", "235")</f>
+      </c>
+      <c r="B239" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79015", " Amplificador Cygnus SL 5000  220/110V ")</f>
+      </c>
+      <c r="C239" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D239" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E239" s="5" t="inlineStr">
+        <is>
+          <t>120,00</t>
+        </is>
+      </c>
+      <c r="F239" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="240">
+      <c r="A240" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78876", "236")</f>
+      </c>
+      <c r="B240" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78876", " Onkyo Stereo Cassete modelo TA-RW344 29W")</f>
+      </c>
+      <c r="C240" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D240" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E240" s="5" t="inlineStr">
+        <is>
+          <t>120,00</t>
+        </is>
+      </c>
+      <c r="F240" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="241">
+      <c r="A241" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78883", "237")</f>
+      </c>
+      <c r="B241" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78883", " Tape Deck CCE CD-751 110/220V ")</f>
+      </c>
+      <c r="C241" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D241" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E241" s="5" t="inlineStr">
+        <is>
+          <t>120,00</t>
+        </is>
+      </c>
+      <c r="F241" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="242">
+      <c r="A242" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78879", "238")</f>
+      </c>
+      <c r="B242" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78879", " Aparelho DVD Philips modelo DVP3820KX/78110/240V 8W")</f>
+      </c>
+      <c r="C242" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D242" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E242" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F242" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="243">
+      <c r="A243" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78884", "239")</f>
+      </c>
+      <c r="B243" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78884", " Disc Player Pioneer PD-M403 120V 10W")</f>
+      </c>
+      <c r="C243" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D243" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E243" s="5" t="inlineStr">
+        <is>
+          <t>120,00</t>
+        </is>
+      </c>
+      <c r="F243" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="244">
+      <c r="A244" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78886", "240")</f>
+      </c>
+      <c r="B244" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78886", " Gravador CCE CD720")</f>
+      </c>
+      <c r="C244" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D244" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E244" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F244" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="245">
+      <c r="A245" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78888", "241")</f>
+      </c>
+      <c r="B245" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78888", " Amplificador AIKO PA-3000 117/220V ")</f>
+      </c>
+      <c r="C245" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D245" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E245" s="5" t="inlineStr">
+        <is>
+          <t>120,00</t>
+        </is>
+      </c>
+      <c r="F245" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="246">
+      <c r="A246" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78885", "242")</f>
+      </c>
+      <c r="B246" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78885", " Receiver Sony modelo STR-DE475 127/220V 175W ")</f>
+      </c>
+      <c r="C246" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D246" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E246" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F246" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="247">
+      <c r="A247" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78887", "243")</f>
+      </c>
+      <c r="B247" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78887", " Sansui Stereo Cassete Deck SC-1110  100/120/220/240V ")</f>
+      </c>
+      <c r="C247" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D247" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E247" s="5" t="inlineStr">
+        <is>
+          <t>120,00</t>
+        </is>
+      </c>
+      <c r="F247" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="248">
+      <c r="A248" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79011", "244")</f>
+      </c>
+      <c r="B248" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79011", " Receiver Sony modelo STR-K870P 127/220V 190W ")</f>
+      </c>
+      <c r="C248" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D248" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E248" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F248" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="249">
+      <c r="A249" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78889", "245")</f>
+      </c>
+      <c r="B249" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78889", " Receiver Pioneer VSX-D814-K 120V 300W ")</f>
+      </c>
+      <c r="C249" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D249" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E249" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F249" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="250">
+      <c r="A250" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78890", "246")</f>
+      </c>
+      <c r="B250" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78890", "Sistema compacto de som Sony modelo HCD-SH2000 120/240V 320W")</f>
+      </c>
+      <c r="C250" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D250" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E250" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F250" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="251">
+      <c r="A251" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79013", "247")</f>
+      </c>
+      <c r="B251" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79013", " Blu-Ray Disc Sony BDP-S350 110/240V 26W ")</f>
+      </c>
+      <c r="C251" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D251" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E251" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F251" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="252">
+      <c r="A252" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78891", "248")</f>
+      </c>
+      <c r="B252" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78891", " DVD Samsung modelo DVD-1080KR 110/240V 8W")</f>
+      </c>
+      <c r="C252" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D252" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E252" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F252" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="253">
+      <c r="A253" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78892", "249")</f>
+      </c>
+      <c r="B253" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78892", " Tape Deck Cassete Technics 608 110/240v 9w ")</f>
+      </c>
+      <c r="C253" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D253" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E253" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F253" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="254">
+      <c r="A254" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78901", "250")</f>
+      </c>
+      <c r="B254" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78901", " Amplificador Gradiente modelo 126 110/220v ")</f>
+      </c>
+      <c r="C254" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D254" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E254" s="5" t="inlineStr">
+        <is>
+          <t>360,00</t>
+        </is>
+      </c>
+      <c r="F254" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="255">
+      <c r="A255" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78903", "251")</f>
+      </c>
+      <c r="B255" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78903", " Stereo Power Gradiente PM-80 110/220V ")</f>
+      </c>
+      <c r="C255" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D255" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E255" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F255" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="256">
+      <c r="A256" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78902", "252")</f>
+      </c>
+      <c r="B256" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78902", " Cygnus AC500 Amplificador 110/220v ")</f>
+      </c>
+      <c r="C256" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D256" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E256" s="5" t="inlineStr">
+        <is>
+          <t>240,00</t>
+        </is>
+      </c>
+      <c r="F256" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="257">
+      <c r="A257" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78904", "253")</f>
+      </c>
+      <c r="B257" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78904", " Receiver Stereo  Cassete Deck DS-40 110/220V ")</f>
+      </c>
+      <c r="C257" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D257" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E257" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F257" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="258">
+      <c r="A258" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78906", "254")</f>
+      </c>
+      <c r="B258" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78906", " Vídeo Cassete Sharp VC-1199B 110/127/220V ")</f>
+      </c>
+      <c r="C258" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D258" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E258" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F258" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="259">
+      <c r="A259" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78907", "255")</f>
+      </c>
+      <c r="B259" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78907", " Amplificador WattSom DBS 1500 Profissional 110/220v ")</f>
+      </c>
+      <c r="C259" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D259" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E259" s="5" t="inlineStr">
+        <is>
+          <t>260,00</t>
+        </is>
+      </c>
+      <c r="F259" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="260">
+      <c r="A260" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78905", "256")</f>
+      </c>
+      <c r="B260" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78905", " Amplificador Polyvox Stereo AP-3100 117/220V ")</f>
+      </c>
+      <c r="C260" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D260" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E260" s="5" t="inlineStr">
+        <is>
+          <t>240,00</t>
+        </is>
+      </c>
+      <c r="F260" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="261">
+      <c r="A261" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78909", "257")</f>
+      </c>
+      <c r="B261" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78909", " Receiver Yamaha modelo RX-V595a 110/120/220/240v 310w ")</f>
+      </c>
+      <c r="C261" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D261" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E261" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F261" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="262">
+      <c r="A262" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78912", "258")</f>
+      </c>
+      <c r="B262" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78912", " Amplificador Oneal Om600 240/120v ")</f>
+      </c>
+      <c r="C262" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D262" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E262" s="5" t="inlineStr">
+        <is>
+          <t>160,00</t>
+        </is>
+      </c>
+      <c r="F262" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="263">
+      <c r="A263" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78918", "259")</f>
+      </c>
+      <c r="B263" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78918", " Tape Deck JVC modelo TD-W106 230/127/110V 10W ")</f>
+      </c>
+      <c r="C263" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D263" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E263" s="5" t="inlineStr">
+        <is>
+          <t>170,00</t>
+        </is>
+      </c>
+      <c r="F263" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="264">
+      <c r="A264" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78911", "260")</f>
+      </c>
+      <c r="B264" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78911", " Amplificador Slim 3000 USB ")</f>
+      </c>
+      <c r="C264" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D264" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E264" s="5" t="inlineStr">
+        <is>
+          <t>280,00</t>
+        </is>
+      </c>
+      <c r="F264" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="265">
+      <c r="A265" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78908", "261")</f>
+      </c>
+      <c r="B265" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78908", " Compact Player Sharp DX-200 120V ")</f>
+      </c>
+      <c r="C265" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D265" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E265" s="5" t="inlineStr">
+        <is>
+          <t>120,00</t>
+        </is>
+      </c>
+      <c r="F265" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="266">
+      <c r="A266" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78915", "262")</f>
+      </c>
+      <c r="B266" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78915", " Vídeo Cassete Sharp VC-1199B 110/127/220V ")</f>
+      </c>
+      <c r="C266" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D266" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E266" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F266" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="267">
+      <c r="A267" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78917", "263")</f>
+      </c>
+      <c r="B267" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78917", " Receiver CCE Modelo SR-3220 110/220V ")</f>
+      </c>
+      <c r="C267" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D267" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E267" s="5" t="inlineStr">
+        <is>
+          <t>190,00</t>
+        </is>
+      </c>
+      <c r="F267" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="268">
+      <c r="A268" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78913", "264")</f>
+      </c>
+      <c r="B268" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78913", " Receiver Pioneer SX-315 120V 200W ")</f>
+      </c>
+      <c r="C268" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D268" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E268" s="5" t="inlineStr">
+        <is>
+          <t>180,00</t>
+        </is>
+      </c>
+      <c r="F268" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="269">
+      <c r="A269" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79012", "265")</f>
+      </c>
+      <c r="B269" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79012", " Cd Player Philco PDA-6000 110/220V ")</f>
+      </c>
+      <c r="C269" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D269" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E269" s="5" t="inlineStr">
+        <is>
+          <t>120,00</t>
+        </is>
+      </c>
+      <c r="F269" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="270">
+      <c r="A270" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78926", "266")</f>
+      </c>
+      <c r="B270" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78926", " Tape Deck Cassete Technics 608 110/240v 9w ")</f>
+      </c>
+      <c r="C270" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D270" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E270" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F270" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="271">
+      <c r="A271" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78916", "267")</f>
+      </c>
+      <c r="B271" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78916", " Vídeo Cassete Gradiente GV-406 110/220V ")</f>
+      </c>
+      <c r="C271" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D271" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E271" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F271" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="272">
+      <c r="A272" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78910", "268")</f>
+      </c>
+      <c r="B272" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78910", " Relógio Ponto Rep Control Id Mod Rep Id Class (sem fonte)")</f>
+      </c>
+      <c r="C272" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D272" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E272" s="5" t="inlineStr">
+        <is>
+          <t>50,00</t>
+        </is>
+      </c>
+      <c r="F272" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="273">
+      <c r="A273" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79020", "269")</f>
+      </c>
+      <c r="B273" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79020", " Servidor IBM System X3500 M3 Com HDS")</f>
+      </c>
+      <c r="C273" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D273" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E273" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F273" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="274">
+      <c r="A274" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79021", "270")</f>
+      </c>
+      <c r="B274" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79021", " Servidor IBM não possui modelo de identificação e sem HDS")</f>
+      </c>
+      <c r="C274" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D274" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E274" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F274" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="275">
+      <c r="A275" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78921", "273")</f>
+      </c>
+      <c r="B275" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78921", " Impressora Samsung Xpress C460FW 110v ")</f>
+      </c>
+      <c r="C275" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D275" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E275" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F275" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="276">
+      <c r="A276" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78922", "274")</f>
+      </c>
+      <c r="B276" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78922", " Máquina de escrever eletrônica Olivetti Praxis 20")</f>
+      </c>
+      <c r="C276" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D276" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E276" s="5" t="inlineStr">
+        <is>
+          <t>80,00</t>
+        </is>
+      </c>
+      <c r="F276" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="277">
+      <c r="A277" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78927", "275")</f>
+      </c>
+      <c r="B277" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78927", " Suporte de parede para TV de Tubo 14 a 21 preto ")</f>
+      </c>
+      <c r="C277" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D277" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E277" s="5" t="inlineStr">
+        <is>
+          <t>30,00</t>
+        </is>
+      </c>
+      <c r="F277" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="278">
+      <c r="A278" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78930", "276")</f>
+      </c>
+      <c r="B278" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78930", "Fragmentadora secreta f-1400  ")</f>
+      </c>
+      <c r="C278" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D278" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E278" s="5" t="inlineStr">
+        <is>
+          <t>95,00</t>
+        </is>
+      </c>
+      <c r="F278" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="279">
+      <c r="A279" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78932", "277")</f>
+      </c>
+      <c r="B279" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78932", "Aprox. 17 calhas de 2,40 x 10 sem lâmpadas")</f>
+      </c>
+      <c r="C279" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D279" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E279" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F279" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="280">
+      <c r="A280" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79025", "278")</f>
+      </c>
+      <c r="B280" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79025", "Aprox. 22 calhas de 1,30 x 25 sem lâmpadas")</f>
+      </c>
+      <c r="C280" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D280" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E280" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F280" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="281">
+      <c r="A281" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78933", "279")</f>
+      </c>
+      <c r="B281" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78933", "Impressora hp 1005 funcionando")</f>
+      </c>
+      <c r="C281" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D281" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E281" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F281" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="282">
+      <c r="A282" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78936", "280")</f>
+      </c>
+      <c r="B282" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78936", "Máquina de escrever eletrônica canon type star 10 II ")</f>
+      </c>
+      <c r="C282" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D282" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E282" s="5" t="inlineStr">
+        <is>
+          <t>90,00</t>
+        </is>
+      </c>
+      <c r="F282" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="283">
+      <c r="A283" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78938", "281")</f>
+      </c>
+      <c r="B283" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78938", " Fogão Elétrico 2 Bocas De Mesa Agratto modelo FM-02  220V")</f>
+      </c>
+      <c r="C283" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D283" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E283" s="5" t="inlineStr">
+        <is>
+          <t>75,00</t>
+        </is>
+      </c>
+      <c r="F283" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="284">
+      <c r="A284" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78939", "282")</f>
+      </c>
+      <c r="B284" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78939", " Fogão Elétrico 2 Bocas De Mesa Agratto modelo FM-02  220V")</f>
+      </c>
+      <c r="C284" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D284" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E284" s="5" t="inlineStr">
+        <is>
+          <t>75,00</t>
+        </is>
+      </c>
+      <c r="F284" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="285">
+      <c r="A285" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78940", "283")</f>
+      </c>
+      <c r="B285" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78940", "Lavadora e secadora LG 8.5KG 220V modelo WD-1403RDA")</f>
+      </c>
+      <c r="C285" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D285" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E285" s="5" t="inlineStr">
         <is>
           <t>380,00</t>
         </is>
       </c>
-      <c r="F17" s="4" t="inlineStr">
-[...250 lines deleted...]
-      <c r="E25" s="5" t="inlineStr">
+      <c r="F285" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="286">
+      <c r="A286" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78942", "284")</f>
+      </c>
+      <c r="B286" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78942", " Home Computer HotBit HB - 8000 - 16 cores, 120V/220V 24W")</f>
+      </c>
+      <c r="C286" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D286" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E286" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
-      <c r="F25" s="4" t="inlineStr">
-[...314 lines deleted...]
-      <c r="E35" s="5" t="inlineStr">
+      <c r="F286" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="287">
+      <c r="A287" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78950", "285")</f>
+      </c>
+      <c r="B287" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78950", " Notebook Toshiba Satellite Antigo (sem fonte para carregamento)")</f>
+      </c>
+      <c r="C287" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D287" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E287" s="5" t="inlineStr">
+        <is>
+          <t>120,00</t>
+        </is>
+      </c>
+      <c r="F287" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="288">
+      <c r="A288" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78948", "286")</f>
+      </c>
+      <c r="B288" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78948", " Notebook Toshiba Satellite Antigo mod. PS210U-A(sem fonte para carregamento)")</f>
+      </c>
+      <c r="C288" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D288" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E288" s="5" t="inlineStr">
+        <is>
+          <t>120,00</t>
+        </is>
+      </c>
+      <c r="F288" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="289">
+      <c r="A289" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78949", "287")</f>
+      </c>
+      <c r="B289" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/78949", " Notebook HP Hewlett Packard Pavilion antigo sem bateria e fonte")</f>
+      </c>
+      <c r="C289" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D289" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E289" s="5" t="inlineStr">
         <is>
           <t>90,00</t>
         </is>
       </c>
-      <c r="F35" s="4" t="inlineStr">
-[...8126 lines deleted...]
-      </c>
       <c r="F289" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="290">
-      <c r="A290" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A290" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79023", "288")</f>
+      </c>
+      <c r="B290" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79023", " Notebook Toshiba Satelite Pro modelo PA123OU (sem fonte p/ carregamento)")</f>
       </c>
       <c r="C290" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D290" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E290" s="5" t="inlineStr">
         <is>
           <t>120,00</t>
         </is>
       </c>
       <c r="F290" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>