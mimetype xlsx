--- v0 (2025-12-25)
+++ v1 (2026-03-28)
@@ -269,571 +269,503 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79180", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79180", "NISSAN; FRONTIER XE 4X2; 2012/2013; PRETA; DIESEL - FROTA 400")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>39</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>28.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79179", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79179", "VW/ÔNIBUS; INDUSCAR APACHE, 2006/2006, BRANCO, DIESEL, FROTA 128 - FUNCIONANDO")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>78</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>27.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79177", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79177", "VW/ÔNIBUS; INDUSCAR APACHE, 2006/2006, BRANCO, DIESEL, FROTA 313 - FUNCIONANDO")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>116</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>36.750,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79178", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79178", "veja o vídeo!!! ÔNIBUS, VW INDUSCAR APACHE, 2008/2008, BRANCO; DIESEL - FROTA 103 - FUNCIONANDO")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>120</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>38.750,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79500", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79500", "IVECO; DAILY 35S14HDCS; 2014/2014; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>122</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>81.250,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80169", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80169", "GM/S10 COLINA S 4X4; 2011/2011; PRATA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>27</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>37.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80170", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80170", "CAMINHÃO GM/CHEVROLET 13.000 COM MUCK; 1985/1986; CAP 3.750 TON.; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>39.250,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79183", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79183", "I/FORD FUSION; 2014/2015; PRETA; GASOLINA; FROTA 070 - FUNCIONANDO")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>191</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>55.750,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79182", "010")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79182", "NISSAN; FRONTIER XE 4X2; 2012/2013; PRETA; DIESEL")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>20.500,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79181", "011")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79181", "NISSAN; FRONTIER XE 4X2; 2012/2013; PRETA; DIESEL")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...68 lines deleted...]
-      <c r="C14" s="4" t="inlineStr">
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79240", "012")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79240", "IVECOFIAT; DAILY4912 C. C1; 2003/2004; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D14" s="4" t="inlineStr">
-[...80 lines deleted...]
-      <c r="A17" s="5" t="inlineStr">
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>65</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>43.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79184", "016")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79184", "I/FORD TRANSIT 350L TA; 2011/2011; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>180</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>29.750,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79185", "019")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79185", "VW/KOMBI FURGAO; 2005/2005; BRANCA; GASOLINA; FOOD TRUCK - FUNCIONANDO")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>93</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>17.950,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79186", "025")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79186", " VW GOL 1.0 GIV 2011/2011 PRATA ALCO./GASOL. FROTA 169")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>7.200,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79219", "100")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79219", "CAMINHÃO FORD CARGO 1717 E BASCULANTE; 2007/2007; BRANCA; DIESEL - FROTA A55 - FUNCIONANDO")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>119</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>80.500,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79188", "102")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79188", "BAÚ PARA CAMINHÃO TOCO")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
-      <c r="B17" s="4" t="inlineStr">
-[...211 lines deleted...]
-      <c r="F23" s="4" t="inlineStr">
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-[...94 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79187", "106")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79187", "I/VW; PASSAT VAR 2.0T FSI; 2008/2009; PRETA; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>82</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>25.300,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>