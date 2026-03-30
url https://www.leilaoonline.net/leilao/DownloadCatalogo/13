--- v0 (2025-12-26)
+++ v1 (2026-03-30)
@@ -269,1691 +269,1483 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/452", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/452", " Frota: 11359 Caminhão MB 2423K Ano/ Mod:  2006 Placa:  NGO 8401 Chassi:  9BM6933866B515754  ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/447", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/447", " Frota: 12404 Trator Pesado Valtra BT190 Ano/ Mod:  2012 Série:  T190329084")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>65.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/448", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/448", " Frota: 10802 Caminhão VW 24.250 Ano/ Mod:  2000 Placa:  KEH 9428 Chassi:  9BWY2VZT6YRY11600")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/450", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/450", " Frota: 11362 Caminhão MB 2423K Ano/ Mod:  2006 Placa:  NGV 1601 Chassi:  9BM6933866B515540")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/451", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/451", " Frota: 10866 Caminhão MB 2423K-H Ano/ Mod:  2001 Placa:  KEP 8861 Chassi:  9BM6933861B286546")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/449", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/449", " Frota: 11357 Caminhão MB 2423K Ano/ Mod:  2006 Placa:  NGO 8381 Chassi:  9BM6933866B515623")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>60.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/453", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/453", " Frota: 10801 Caminhão VW 24.250 Ano/ Mod:  2000 Placa:  KEH 9478 Chassi:  9BWY2VZT9YRY11461")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/465", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/465", " Frota: 11095 Transbordo  DMB Ano/ Mod:  2004 Série:  66230")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/457", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/457", " Frota: 11589 Mini Trator AG 4100 4x Ano/ Mod:  2007 ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/455", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/455", " Frota: 11486 Mini Trator AG 4100 4x Ano/ Mod:  2007 Série:  A0324007")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/458", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/458", " Frota: 11097 Transbordo DMB Ano/ Mod:  2004 Série:  66239")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Venda condicional</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/454", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/454", " Frota: 12421 Trator Pesado Valtra BT190 Ano/ Mod:  2012 Série:  T190329480")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>44</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>76.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/750", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/750", "VW SPACE FOX SPORT GII  - ANO/MOD: 2013    ")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>27.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/456", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/456", " Frota: 11641 Motoniveladora VOLVO G940 Ano/ Mod:  2009 Série:  VCE0G940J000502696")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>120.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/459", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/459", " Frota: 11772 Motoniveladora VOLVO G940 Ano/ Mod:  2010 Série:  VCE0G940C000502814")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>120.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/460", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/460", " Frota: 12420 Trator Pesado Valtra BT190 Ano/ Mod:  2012 Série:  T190329477")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>44</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>76.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/461", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/461", " Frota: 12314 Trator Pesado Valtra BT210 Ano/ Mod:  2012 Série:  T210328236")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>48</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>78.500,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/462", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/462", " Frota: 11642 Motoniveladora VOLVO G940 Ano/ Mod:  2009 Série:  VCE0G940J000502708")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>140.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/463", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/463", " Frota: 11005 Motoniveladora CAT 12-H Ano/ Mod:  2002 Série:  CAT0012HL8MN00938")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>100.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/464", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/464", " Frota: 11361 Caminhão MB 2423K Ano/ Mod:  2006 Placa:  NGO 8321 Chassi:  9BM6933866B515345")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
         <is>
           <t>60.000,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
+      <c r="F30" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/466", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/466", " Frota: 10882 Caminhão VW 8.120 Ano/ Mod:  2001/2002 Placa:  KEP 4146 Chassi:  9BWAC52R22R200788")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/416", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/416", " LOTE COM PEÇAS E EQUIP. DIVERSOS SEM USO CORREIAS, FERRAGENS, FERRAMENTASM ABRASIVOS, BUCHAS, CABO/AÇO.  Relação conforme descritivo anexo.")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/417", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/417", " LOTE COM PEÇAS E EQUIP. DIVERSOS SEM USO FILTROS E MANCAIS DIVERSOS.  Relação conforme descritivo anexo.")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/418", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/418", " LOTE COM PEÇAS E EQUIP. DIVERSOS SEM USO MAT. SOLDA / CORTE,   MAT.LIMPEZA, PINTURA, MAT. AUTOS DIVS. MAT. MANUTENÇÃO,  Relação conforme descritivo anexo.")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/420", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/420", " LOTE COM PEÇAS E EQUIP. DIVERSOS SEM USO PEÇAS:  JACTO/SANYSPLAY,  PARAFUSOS, MAT. ELÉTRICO.  Relação conforme descritivo anexo.")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/419", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/419", " LOTE COM PEÇAS E EQUIP. DIVERSOS SEM USO PEÇAS P/ CAMINHAO FORD, MERCEDES, VOLWS,  VOLVO  E CARRETAS.  Relação conforme descritivo anexo.")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/421", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/421", " LOTE COM PEÇAS E EQUIP. DIVERSOS SEM USO PEÇAS  P/ COLHEDORA DE CANA DIVERSAS Relação conforme descritivo anexo.")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/422", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/422", " LOTE COM PEÇAS E EQUIP. DIVERSOS SEM USO PEÇAS  P/ IMPLEM. ADUBADORA DIVERSAS Relação conforme descritivo anexo.")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/424", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/424", " LOTE COM PEÇAS E EQUIP. DIVERSOS SEM USO PEÇAS P/ MOTONIVELADORA,  PARA MOTOR SCANIA E PARA  PA CARREGADEIRA.  DIVERSOS.  Relação conforme descritivo anexo.")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/423", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/423", " LOTE COM PEÇAS E EQUIP. DIVERSOS SEM USO PEÇAS PARA PLANTADEIRAS,   P/ RETROESCAVADEIRA,   P/ ROCADEIRA E  P/ PICK-UP TOYOTA.   Relação conforme descritivo anexo.")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/426", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/426", " LOTE COM PEÇAS E EQUIP. DIVERSOS SEM USO PEÇAS PARA  TRATOR:   FORD,   JOHN DEERE  E   MASSEY FERGUSON.  Relação conforme descritivo anexo.")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/428", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/428", " LOTE COM PEÇAS E EQUIP. DIVERSOS SEM USO PEÇAS PARA TRATOR  VALMET,   PARA YANMAR,   P/ UTILIT. CHEVROLET,  PARA TATU/MARCHESAM,  Relação conforme descritivo anexo.")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>1.800,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/427", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/427", " LOTE COM PEÇAS E EQUIP. DIVERSOS SEM USO PEÇAS ELETRICAS INDUSTRIAIS DIVERSAS,  PECAS MECANICAS,  Relação conforme descritivo anexo.")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/425", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/425", " LOTE COM PEÇAS E EQUIP. DIVERSOS SEM USO VALVULAS,   PEÇAS PARA  AUTOMACAO,  PEÇAS PARA BOMBAS,  PEÇAS PARA VEDAÇÃO Relação conforme descritivo anexo.")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/467", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/467", " Frota: 11622 ARADO DE CAPINA , Frota: 11624 ARADO DE CAPINA")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/468", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/468", " CARRETA AGRICOLA PEQUENA, Frota: 10788 CARRETA P/ TRANSPORTAR CAIXAS ")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/470", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/470", " Frota: 10182 CARRETA COM TANQUE DE INOX/PRODUTOS QUIMICOS, Frota: 10774 CARRETA P/ TRANSPORTE DE MOTOBOMBA ")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C12" s="4" t="inlineStr">
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/469", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/469", " Frota: 24000 CARRETA COMBOIO")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D12" s="4" t="inlineStr">
-[...48 lines deleted...]
-      <c r="A14" s="5" t="inlineStr">
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>16</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/471", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/471", " Frota: 11133 CARRETA P/ TRANSPORTAR DE TUBOS, Frota: 10545 CARRETA P/ TRANSPORTAR DE TUBOS ")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/474", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/474", " Frota: 11045 CARRETA P/ TRANSPORTE DE CARGA")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/472", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/472", " Frota: 65137 CARRETA P/PLANTIO DE CANA")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/475", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/475", " Frota: 65143 CARROCEIRIA P/ PLANTIO, Frota: 81173 CARROCEIRIA P/ PLANTIO")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/473", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/473", " Frota: 65138 CARROCEIRIA P/ PLANTIO")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/477", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/477", " Frota: 65154 CARROCEIRIA P/ PLANTIO, Frota: 65130 CARROCEIRIA P/ PLANTIO")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/476", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/476", " Frota: 10308 CARROCEIRIA P/ PLANTIO, Frota: 65142 CARROCEIRIA P/ PLANTIO, Frota: 81414 CARROCEIRIA P/ PLANTIO")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/478", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/478", " Frota: 65381 CHASSIS CARRETA COM PNEUS")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/479", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/479", " Frota: 10888 CHASSIS E CAMARA,  Frota: 11245 ESPARRAMADEIRA DE ADUBO   IRRIGAÇÃO       ")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/481", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/481", " Frota: 10770 ESPARRAMADEIRA DE CALCARIO, Frota: 11091 ESPARRAMADEIRA DE TORTA ")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A15" s="5" t="inlineStr">
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/480", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/480", " Frota: 10845 ESPARRAMADEIRA DE COMPOSTO, Frota: 10280 ESPARRAMADEIRA DE COMPOSTO ")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/482", "050")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/482", " Frota: 10159 MOTOR 352 MERCEDES BENS, Frota: 10164 MOTOR 352 MERCEDES BENS ")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>2.300,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/483", "051")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/483", " Frota: 10163 MOTOR 352 MERCEDES BENS, 10459 MOTOR 352 MERCEDES BENS , MOTOR SCANIA DSC11")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
-      <c r="B15" s="4" t="inlineStr">
-[...115 lines deleted...]
-      <c r="F18" s="4" t="inlineStr">
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-[...1374 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
-      <c r="A62" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/484", "052")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/484", " Frota: 10269 TANQUE DE FIBRA COM CHASSIS P/MISTURA")</f>
       </c>
       <c r="C62" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t>600,00</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>