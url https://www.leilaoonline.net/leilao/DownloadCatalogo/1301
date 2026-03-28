--- v0 (2026-02-11)
+++ v1 (2026-03-28)
@@ -269,1723 +269,1511 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79431", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79431", "TRATOR VALMET 360; SEM ANO DE IDENTIFICAÇÃO; SEM BATERIA - NECESSITA REPARO NA CAIXA DE DIREÇÃO")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>37</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>10.250,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79429", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79429", "TRATOR VALMET; MODELO 88; ANO 1985; SÉRIE PRATA - FUNCIONANDO")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>83</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>36.150,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79418", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79418", "MOTONIVELADORA NEW HOLLAND; ANO 2010 - FUNCIONANDO")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>36.050,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79421", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79421", "MOTONIVELADORA VOLVO G930; ANO 2010 - FUNCIONANDO")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Lote retirado</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>42.500,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79428", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79428", "TRATOR CBT COM PÁ CARREGADEIRA; MOTOR PERKINS 06 CILINDROS; SEM ANO DE IDENTIFICAÇÃO - FUNCIONANDO")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>45</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>12.750,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79427", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79427", "GUINDASTE BUCYRUS ERIE 12 TON.")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>30</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>31.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79430", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79430", "TRATOR FORD 5600; ANO 1984 - FUNCIONANDO")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>25.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79420", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79420", "ÔNIBUS M.BENZ/INDUSCAR APACHE U, ANO 2010/2010 CAP 26 P - FUNCIONANDO")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>16.250,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79419", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79419", " veja vídeo - ONIBUS M.BENZ/INDUSCAR FOZ U, ANO 2010/2010 CAP 31 P - FUNCIONANDO")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>1500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79414", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79414", "PLATAFORMA ELEVATÓRIA MODELO GS 2046; ANO 2007")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>122</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>36.900,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79415", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79415", "PLATAFORMA ELEVATÓRIA MODELO GS 2046; ANO 2007 - FUNCIONANDO")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>114</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>38.700,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79416", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79416", "PLATAFORMA ELEVATÓRIA MODELO GS 2046; ANO 2007")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>102</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>38.700,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79417", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79417", "PLATAFORMA ELEVATÓRIA MODELO GS 2046; ANO 2007")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>116</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>37.750,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79422", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79422", "GUINDASTE CANARINHO HYSTER - FUNCIONANDO")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>18.750,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80666", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80666", "EMPILHADEIRA MADAL 5 TONELADAS DIESEL")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>26.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80672", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80672", "TRATOR FORD 4600 C/ DIREÇÃO HIDRÁULICA E CONJUNTO DE LÂMINA FRONTAL; ANO 1981")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>32.500,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80674", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80674", "TRATOR VALMET 118; SÉRIE PRATA; COM LÂMINA FRONTAL; ANO 1985")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>73</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>81.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79441", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79441", "TRATOR DAVID BROWN 900 - FUNCIONANDO")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>14.250,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79444", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79444", "veja o vídeo!! GERADOR DE ENERGIA DE 160KVA; COMPLETO COM PAINEL; MOTOR DE SCANIA 113; TURBINADO")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>21</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79442", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79442", "PÁ CARREGADEIRA W7; MOTOR: MERCEDES; NÃO POSSUI UM DIFERENCIAL TRASEIRO; SEM IDENTIFICAÇÃO DE ANO - FUNCIONANDO")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80675", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80675", "CARRETEL ENROLADOR C/ 350 X 125MTS DE MANGUEIRA; ANO 2008; MARCA BAUER (ÁUSTRIA)")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>17.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79437", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79437", "veja o vídeo!! TRATOR MASSEY FERGUSSON 95X; ANO 1970 - FUNCIONANDO")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>55</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>20.500,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79438", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79438", "1 SUBSOLADOR 5 HASTES; 1 GRADE ARADORA DE 16 DISCOS SEM CABEÇALHO; 1 ENXADA ROTATIVA ADAPTADA PRA ENCANTEREADEIRA")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79439", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79439", "CALCAREADEIRA MINAME DE 5500KG; ESTEIRA DE 40CM")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79440", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79440", "30 DORMENTES DE LINHA DE TREM DE 2.4M")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80676", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80676", "MOTOR MWM; TURBINADO; 6 CILINDROS; COM BOMBA KSB 100/4")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>45</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>26.500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80677", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80677", "BOMBA WKL 100/7; COM SAÍDA")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>2.750,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79434", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79434", "PÁ CARREGADEIRA YALE 134AM - FUNCIONANDO")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>31.550,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79432", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79432", "RETROESCAVADEIRA VALMET 65 I.D. MOD. I.V / ANO 1980")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>59</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>16.600,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80678", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80678", "TRATOR FORD 5000; ANO 1968; COM ARADO DE 3 DISCOS")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>16.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79455", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79455", "veja o vídeo!! TRATOR VALMET 68; ANO 82 - FUNCIONANDO")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>24.700,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79457", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79457", "GRADE ARADORA 14 DISCOS; 28 POLEGADAS; MARCA TATU")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>2.250,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79453", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79453", "TRATOR MASSEY FERGUSSON 50X; ANO 1972; MOTOR, HIDRÁULICO E CÂMBIO - FUNCIONANDO")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>59</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>19.250,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79454", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79454", "COLHEITADEIRA MF 3640 ANO 1985 COM BOCA DE MILHO")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80689", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80689", "PÁ CARREGADEIRA MODELO BOB CAT")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>46</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>15.900,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79445", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79445", "IMPLEMENTOS (2 SUBSOLADORES DE 1 HASTE; 1 DISCADOR DE 2 RUAS; 1 DESFIBRADEIRA SEM MOTORR")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79456", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79456", "BRITADOR GIROSFERICO TELSMITH - FUNCIONANDO")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>287</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>210.000,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79449", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79449", "CARROCERIA S10 CABINE SIMPLES")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79450", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79450", "TANQUE PARA COMBUSTÍVEL 4 MIL LITROS")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79451", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79451", "EIXO DIANTEIRO; CAMINHÃO AXOR 2831; ANO 2013; COM TAMBORES DE FREIOS CUÍCAS ESTABILIZADOR")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>1.350,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79452", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79452", "CAPOTA DE LONA PARA F4000; MEDIDAS 240 LARGURA POR 2 METROS DE COMPRIMENTO")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79448", "044")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79448", "GAIOLA DO CAMINHÃO MERCEDES BENZ COM 6.70 METROS")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>2.100,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79468", "050")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79468", "FURAKAWA RACK ABERTO ENTERPRISE 45U")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79469", "055")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79469", "2 PIAS COM CUBA; COMPRIMENTO 0,90; LARGURA 0,52; ALTURA 0,12")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79458", "104")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79458", "MOTOR ELÉTRICO WAQ DE 75HP; 100CV RPM 3560RPM VOLT 440")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>3.250,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79459", "105")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79459", "MOTOR ELÉTRICO WAQ DE 75HP; 100CV RPM 3560RPM VOLT 440")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79460", "106")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79460", "MOTOR ELÉTRICO WAQ DE 75HP; 100CV RPM 3560RPM VOLT 440")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79461", "107")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79461", "MOTOR ELÉTRICO WAQ DE 100HP; 150CV RPM 1785RPM VOLT 220 380 440")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79462", "108")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79462", "MOTOR ELÉTRICO WAQ DE 37HP; 50CV RPM 3550RPM VOLT 220 380 440")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79463", "109")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79463", "MOTOR ELÉTRICO DE 25HP; RPM 3540RPM VOLT 220 380 440")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...19 lines deleted...]
-      <c r="F11" s="4" t="inlineStr">
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...25 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79464", "110")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79464", "MOTOR ELÉTRICO DE 25HP0 RPM 3540RPM VOLT 220 380 440; COM BOMBA DARKA A3E15")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...47 lines deleted...]
-      <c r="D14" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79465", "111")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79465", "MOTOR ELÉTRICO HV33G15 30HP 40CV RPM; 3550RPM VOLT 220 380 440 COM BOMBA DARKA")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
-[...228 lines deleted...]
-      <c r="F21" s="4" t="inlineStr">
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-[...1310 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
-      <c r="A63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79466", "112")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79466", "MOTOR ELÉTRICO HV33G15 30HP 40CV RPM; 3550RPM VOLT 220 380 440 COM BOMBA DARKA")</f>
       </c>
       <c r="C63" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>