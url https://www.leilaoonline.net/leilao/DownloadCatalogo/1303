--- v0 (2026-02-11)
+++ v1 (2026-03-28)
@@ -269,507 +269,447 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79483", "019")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79483", "CARRETA AGRICOLA, SERVIÇOS DIVERSOS, S/ DOCUEMNTO  - LOC. PEDRANÓPOLIS /SP ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79495", "020")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79495", "CARRETA AGRICOLA TANQUE, S/ DOCUMENTO  - LOC. PEDRANÓPOLIS /SP ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>10</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>2.750,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79497", "156")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79497", "FORRAGEIRA CREMASCO, LOC. PEDRANÓPOLIS/ SP ")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>7</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>5.050,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79493", "157")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79493", "CARRETA AGRICOLA, SERVIÇOS DIVERSOS, S/ DOCUMENTO - LOC. PEDRANÓPOLIS /SP ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>8</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>2.250,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79498", "158")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79498", "GRADE DE ARRASTO DISCO, LOC. PEDRANÓPOLIS /SP ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79484", "159")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79484", "VAGÃO FORRAGEIRA MISTURADOR, REALMAQ, REALMIX 8000,  ANO 2014,LOC. PEDRANÓPOLIS /SP ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>63</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>20.750,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79485", "160")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79485", "veja o vídeo- TRATOR VALTRA BM100, 4X4, ANO 2010, LOC. PEDRANÓPOLIS /SP ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>51</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>82.500,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79486", "161")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79486", "TRATOR VALTRA BM100, 4X4, ANO 2010, "NÃO FUNCIONA ", LOC. PEDRANÓPOLIS /SP ")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>66</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>64.250,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79487", "162")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79487", "veja o vídeo - TRATOR VALTRA BM100, 4X4, ANO  2010, LOC. PEDRANÓPOLIS /SP ")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>22</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>66.500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79488", "163")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79488", "veja o vídeo - TRATOR VALTRA BM100, 4X4, ANO 2010, LOC. PEDRANÓPOLIS /SP ")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>65.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79489", "164")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79489", "veja o vídeo- TRATOR VALTRA BM100, 4X4,  ANO 2010,LOC. PEDRANÓPOLIS /SP ")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>24</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>67.500,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79490", "165")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79490", "TRATOR M.F. 275, SUCATEADO , LOC. PEDRANÓPOLIS /SP ")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>13.250,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79491", "169")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79491", "2 CAPO PARA VALTRA BM110 , LOC. PEDRANÓPOLIS /SP ")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>4.500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79496", "170")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79496", "CARRETA AGRÍCOLA  VERMELHO, S / DOCUMENTO, LOC. PEDRANÓPOLIS /SP ")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>5</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80473", "171")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80473", "FORRAGEIRA MENTA ROBUST - LOC. PEDRANÓPOLIS / SP")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>1.550,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>