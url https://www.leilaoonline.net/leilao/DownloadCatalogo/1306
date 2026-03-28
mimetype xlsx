--- v0 (2026-02-11)
+++ v1 (2026-03-28)
@@ -269,1531 +269,1343 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80114", "002")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80114", " PRANCHA. 8,50M DE COMPRIMENTO (CAMINHÃO NÃO INCLUSO)")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>12.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80125", "003")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80125", "CAMINHÃO VOLKSWAGEN 8150E DELIVERY, 2007. (PLATAFORMA NÃO INCLUSA)")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>50.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80126", "005")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80126", " CAMINHÃO FORD 14000. ANO 1990")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80112", "006")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80112", " CAMINHÃO PANDA FORD CARGO 2628 E BETONEIRA SITI 8M³. ANO 2011/2012")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>239.500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80156", "007")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80156", " CAMINHÃO BETONEIRA FORD CARGO 2425. ANO 2001/2002")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>93.500,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80117", "008")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80117", " MINI ESCAVADEIRA BOBCAT 325, ANO 2011, APROX. 3.135 HORAS")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>61.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80111", "009")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80111", " ESCAVADEIRA HIDRÁULICA KOMATSU PC 138, 14 TONELADAS, ANO 2009, APROX. 8.500 HORAS")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>129.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80116", "010")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80116", " PÁ CARREGADEIRA CATERPILLAR 950G, ANO: 1998")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>84.250,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80119", "012")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80119", " CAMINHÃO FORD CARGO 2628E KM: 91.742. ANO 2010 BETONEIRA 8 M³ ")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>112.000,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80120", "013")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80120", "CAVALO MECÂNICO MERCEDES-BENZ LS1630. ANO 1996/1996. TOCO. FUNCIONANDO")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>34.000,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80123", "014")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80123", " BETONEIRA LIEBHERR ANO 2009, 8M³")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>34.000,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80122", "016")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80122", " ESCAVADEIRA DE ESTEIRA LIEBHERR 942, ANO 2012, DIESEL, APROX. 25.000 HORAS")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>89.000,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80115", "017")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80115", " ESCAVADEIRA JCB JS-200 ANO 2010, APROX. 5.000 HORAS")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>119.500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80118", "018")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80118", " ROLO COMPACTADOR MULLER, ANO: 2000")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>34.000,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80113", "019")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80113", " MINI ESCAVADEIRA HIDRÁULICA XCMG XE80, 2012, 8 TONELADAS, APROX. 5.000 HORAS")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>95.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80124", "020")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80124", " ESCAVADEIRA HIDRÁULICA CATERPILLAR. MOD.  311 D. ANO 2011")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>145.000,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80121", "021")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80121", " ESCAVADEIRA HIDRÁULICA HYUNDAI. MOD. 160. ANO 2008")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>145.000,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80110", "022")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80110", " ESCAVADEIRA HIDRÁULICA NEW HOLLAND. MOD. F130SRLC,  ANO 2008")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>125.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80127", "023")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80127", " ESCAVADEIRA HIDRÁULICA CATERPILLAR. MOD. 315 CL. ANO 2007")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>95.000,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80128", "024")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80128", " RETROESCAVADEIRA CASE 580M TURBO,  ANO 2009")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>115.000,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80129", "025")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80129", " RETROESCAVADEIRA JCB 214, ANO 2009")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>25.000,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80157", "027")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80157", " VW GOLF 2.0. ANO: 2002/2003 ")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80131", "028")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80131", " IMP WILLYS OVERLAND. ANO 1954")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>34.000,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80133", "031")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80133", " ESCAVADEIRA HIDRÁULICA KOMATSU PC 138, 14 TONELADAS, ANO 2009. APROX.  5.000 HORAS")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>135.000,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80132", "032")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80132", " BETONEIRA SITI, 8 m³ (REF. LOT1)")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80134", "033")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80134", " BETONEIRA SITI ANO 2008, 8 m³(REF. LOT2)")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80139", "034")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80139", "  BETONEIRA SITI, 8 m³(REF. LOT3)")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80140", "035")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80140", "  BETONEIRA LIEBHERR ANO 2012, 8 m³(REF. LOT4)")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80136", "036")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80136", "  BETONEIRA LIEBHERR ANO 2011, 8 m³(REF. LOT5)")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80141", "037")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80141", "  BETONEIRA LIEBHERR, 8 m³(REF. LOT6)")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80137", "038")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80137", "  BETONEIRA LIEBHERR, 8 m³(REF. LOT7)")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80138", "039")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80138", "  BETONEIRA SCHWING ANO 2008 SITI, 8 m³(REF. LOT8)")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80135", "040")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80135", "  BETONEIRA SITI, 7 m³(REF. LOT9)")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
-      <c r="A44" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80142", "041")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80142", "  BETONEIRA SITI, 8 m³(REF. LOT10)")</f>
       </c>
       <c r="C44" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>9.000,00</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
-      <c r="A45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80144", "042")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80144", " BETONEIRA SITI ANO 2008, 8 m³(REF. LOT11)")</f>
       </c>
       <c r="C45" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D45" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F45" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
-      <c r="A46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80143", "043")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80143", " BETONEIRA RIGONI ANO 2007, 8 m³(REF. LOT12)")</f>
       </c>
       <c r="C46" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D46" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F46" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
-      <c r="A47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80148", "044")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80148", "  BETONEIRA LIEBHERR, 8 m³(REF. LOT13)")</f>
       </c>
       <c r="C47" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F47" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
-      <c r="A48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80145", "045")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80145", "  BETONEIRA SITI, 8 m³(REF. LOT14)")</f>
       </c>
       <c r="C48" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D48" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F48" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
-      <c r="A49" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80147", "046")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80147", " BETONEIRA LIEBHERR, 8 m³(REF. LOT15)")</f>
       </c>
       <c r="C49" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D49" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F49" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
-      <c r="A50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80146", "047")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80146", "  BETONEIRA LIEBHERR ANO 2012, 8 m³(REF. LOT16)")</f>
       </c>
       <c r="C50" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D50" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F50" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
-      <c r="A51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80149", "048")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80149", " BETONEIRA LIEBHERR ANO 2012, 8 m³(REF. LOT17)")</f>
       </c>
       <c r="C51" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>14.000,00</t>
         </is>
       </c>
       <c r="F51" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
-      <c r="A52" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80150", "050")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80150", " CAMINHÃO FORD CARGO 2628E KM: 87.121 ANO 2010 BETONEIRA 8 M³ ")</f>
       </c>
       <c r="C52" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D52" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t>114.500,00</t>
         </is>
       </c>
       <c r="F52" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
-      <c r="A53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80151", "051")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80151", " CAMINHÃO VW 26.260E ANO 2009 BETONEIRA LIEBHERR 8 M³ ")</f>
       </c>
       <c r="C53" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t>114.500,00</t>
         </is>
       </c>
       <c r="F53" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
-      <c r="A54" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80154", "052")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80154", " COMPRESSOR DE LIXO USIMECA. ANO 2006. 12 TON")</f>
       </c>
       <c r="C54" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t>10.000,00</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80155", "053")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80155", " COMPRESSOR DE LIXO USIMECA. ANO 2007 . 12 TON")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>5.000,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
-      <c r="A56" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80152", "054")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80152", " CAMINHÃO VW 26.260E. ANO 2007. BETONEIRA LIEBHERR 8 M ")</f>
       </c>
       <c r="C56" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>114.500,00</t>
         </is>
       </c>
       <c r="F56" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
-      <c r="A57" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80153", "055")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80153", " CAMINHÃO FORD CARGO 2628E KM: APROX. 79.350. ANO 2010. BETONEIRA 8 M³")</f>
       </c>
       <c r="C57" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t>114.500,00</t>
         </is>
       </c>
       <c r="F57" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>