--- v0 (2025-11-20)
+++ v1 (2026-03-28)
@@ -269,5659 +269,4955 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79513", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79513", " aprox.  50 Fresas novas/ usadas")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79512", "003")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79512", " Prensa de papelão ou latinha")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...14 lines deleted...]
-      <c r="E11" s="5" t="inlineStr">
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79507", "004")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79507", " Elevador de serviços  desmontado( completo) 12 andares")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>18.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79511", "005")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79511", " Cabine suplementar em alumínio medidas aproximadas 2,20 comprimento  x 1,40 largura x 2,00 altura")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79569", "006")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79569", " TORNO REVÓLVER")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79568", "007")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79568", " 02 GELADEIRAS EM INOX")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79503", "008")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79503", " Cabine suplementar em alumínio medidas aproximadas 2,20 comprimento  x 1,40 largura x 2,00 altura")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79570", "009")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79570", "TALHA")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79502", "010")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79502", " Cabine suplementar em alumínio medidas aproximadas 2,20 comprimento  x 1,40 largura x 2,00 altura")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79571", "011")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79571", " APROX. 500 PEÇAS DE RODÍZIOS")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79574", "012")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79574", " APROX. 30 UNIIDADES DE FILTROS (SEM USO)")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>4.900,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79573", "013")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79573", " APROX. 150 UNIDADES DE FILTROS MANGA (APROX. 3,60 M DE COMPRIMENTO)")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79572", "015")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79572", " APROX. 2.000 QUILOS  DE SABONETE EM BARRAS")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79510", "016")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79510", " Cabine suplementar em alumínio medidas aproximadas 2,20 comprimento  x 1,40 largura x 2,00 altura")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79589", "018")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79589", "Ventilador Centrifugo")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>6.750,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79501", "019")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79501", " Cabine suplementar em alumínio medidas aproximadas 2,20 comprimento  x 1,40 largura x 2,00 altura")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79509", "020")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79509", " Cabine suplementar em alumínio medidas aproximadas 2,20 comprimento  x 1,40 largura x 2,00 altura")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79504", "021")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79504", " Cabine suplementar em alumínio medidas aproximadas 2,20 comprimento  x 1,40 largura x 2,00 altura")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79590", "024")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79590", "Compressor de ar")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79575", "025")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79575", " FORNO MUFLA")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79577", "026")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79577", " RETIFICA MELLO")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79576", "027")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79576", " MÁQUINA DE TESTE DE DUREZA")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>10.200,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79506", "028")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79506", " Cabine suplementar em alumínio medidas aproximadas 2,20 comprimento  x 1,40 largura x 2,00 altura")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79591", "029")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79591", "Trefiladora de vergalhão")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79592", "030")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79592", "Compressor de ar 200 pés")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79508", "031")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79508", " Cabine suplementar em alumínio medidas aproximadas 2,20 comprimento  x 1,40 largura x 2,00 altura")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79587", "033")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79587", " Forno estufa")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79588", "034")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79588", " Torno")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79593", "035")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79593", "5 discos de corte")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>3.200,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79505", "036")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79505", " Cabine suplementar em alumínio medidas aproximadas 2,20 comprimento  x 1,40 largura x 2,00 altura")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79579", "040")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79579", " DISCOS DE CORTE. 04 PEÇAS")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79578", "041")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79578", " 05 GERADORES A GASOLINA")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79581", "042")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79581", "Equipamentos para cozinha industrial em inox  - aprox. 17  peças sendo:  Freezer, cubas, esquentador de comidas, fritadeira, balcão, geladeiras e outros ")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>23.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79580", "043")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79580", "2 condensadores de ar condicionado")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79582", "049")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79582", "Equipamentos para cozinha industrial em inox - sendo 3 refrigeradores")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79583", "050")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79583", "Aprox. 30 peças de machos. Diversas medidas (sem uso)")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79585", "057")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79585", " Aprox. 2,5 ton de vidros para expositores (tamanhos variados)")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79584", "059")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79584", " Cabine para caminhão GMC (Pouco uso)")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79586", "060")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79586", "Plataforma elevatória. Aprox. 6 metros")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79594", "061")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79594", "PLAINA")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79595", "069")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79595", " Envasadora em inox")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
         <is>
           <t>7.500,00</t>
         </is>
       </c>
-      <c r="F11" s="4" t="inlineStr">
+      <c r="F51" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-[...15 lines deleted...]
-      <c r="D12" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79596", "070")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79596", " Unidade hidráulica")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>8.500,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79597", "072")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79597", " Lote de válvulas Rexroth. Aprox. 58 peças")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79598", "078")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79598", " Misturador em inox")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79599", "081")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79599", "ELEVADOR DE CARGA. Capacidade Aprox. 1.500 kilos. Levanta aprox. 4 metros")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79600", "082")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79600", "Aquecedor de comida em Inox")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79602", "089")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79602", " Câmbio automático da volvo FH12  ")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>4.800,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79601", "090")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79601", " Câmbio automático da volvo FH12  ")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>4.800,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79603", "091")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79603", " Câmbio automático da volvo FH12  ")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>4.800,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79604", "092")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79604", " Compressor  parafuso  100 CV")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>20.000,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>17500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79606", "093")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79606", " Filtro para piscina")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>1200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79614", "094")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79614", " Aprox. 200 reatores (sem uso) ")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>3200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79619", "095")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79619", " Aprox. 5.000 un. de tubos quat philips para esterilização de água")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>50.000,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>43000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79620", "096")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79620", " 10 un. de ventoinha/exaustor siroco")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>4200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79611", "097")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79611", " 10 un. de ventoinha/exaustor siroco")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>4200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79616", "098")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79616", " 10 un. de ventoinha/exaustor siroco")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>4200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79610", "099")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79610", " Aprox. 25 un. chuveiros ecológicos para redução de água e energia (sem uso)")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>8.750,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>7000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79607", "100")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79607", " Aprox. 25 un. chuveiros ecológicos para redução de água e energia (sem uso)")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>8.750,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>7000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79609", "101")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79609", " Aprox. 25 un. chuveiros ecológicos para redução de água e energia (sem uso)")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>8.750,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>7000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79615", "102")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79615", " Aprox. 25 un. chuveiros ecológicos para redução de água e energia (sem uso)")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>8.750,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>7000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79618", "103")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79618", " Aprox. 50 un. chuveiros ecológicos para redução de água e energia (sem uso)")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>17.500,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>15000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79608", "104")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79608", " Aprox. 50 un. chuveiros ecológicos para redução de água e energia (sem uso)")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>17.500,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>15000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79612", "105")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79612", " Aprox. 20 un. de torneiras ecológicas para redução de água e energia (sem uso)")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>4750.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79613", "106")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79613", " Aprox. 20 un. de torneiras ecológicas para redução de água e energia (sem uso)")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>4750.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79617", "107")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79617", " Aprox. 20 un. de torneiras ecológicas para redução de água e energia (sem uso)")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>4750.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79605", "108")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79605", " Aprox. 20 un. de torneiras ecológicas para redução de água e energia (sem uso)")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>4750.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79621", "109")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79621", "Dobradeira Simag")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>4.500,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79622", "110")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79622", "POLICORTE FERRARI COM BANCADA ")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79623", "111")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79623", "DOBRADEIRA DE CHAPA SIMAG CAPACIDADE 2,0MM MODELO A 1000  Nº 12831")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79624", "112")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79624", "Climatizador evaporativo - Colméia  ( de janela) ")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>720,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79633", "113")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79633", " Climatizador evaporativo - Colméia  ( de janela)")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>720,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79627", "114")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79627", " Climatizador evaporativo - Colméia  ( de janela)")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>720,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79625", "115")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79625", " Climatizador evaporativo - Colméia  ( de janela)")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>720,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79636", "116")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79636", " Climatizador evaporativo - Colméia  ( de janela)")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>720,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79637", "117")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79637", " Climatizador evaporativo - Colméia  ( de janela)")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>720,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79631", "118")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79631", " Climatizador evaporativo - Colméia  ( de janela)")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>720,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79630", "119")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79630", " Climatizador evaporativo - Colméia  ( de janela)")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>720,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79626", "120")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79626", " Climatizador evaporativo - Colméia  ( de janela)")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>720,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79634", "121")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79634", " Climatizador evaporativo - Colméia  ( de janela)")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>720,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79635", "122")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79635", " Climatizador evaporativo - Colméia  ( de janela)")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>720,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79632", "123")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79632", " Climatizador evaporativo - Colméia  ( de janela)")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>720,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79638", "124")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79638", " Climatizador evaporativo - Colméia  ( de janela)")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>720,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79629", "125")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79629", " Climatizador evaporativo - Colméia  ( de janela)")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>720,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79628", "126")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79628", " Climatizador evaporativo - Colméia  ( de janela)")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t>720,00</t>
+        </is>
+      </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79639", "127")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79639", "aprox. 1.800 kg de Gabinetes em polietileno PE cor cinza")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>2,90</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79640", "128")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79640", "aprox. 500 tomadas")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E12" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F12" s="4" t="inlineStr">
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F96" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79641", "129")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79641", "Motor de barco (no estado)")</f>
+      </c>
+      <c r="C97" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D97" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>40.000,00</t>
+        </is>
+      </c>
+      <c r="F97" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-[...20 lines deleted...]
-      <c r="E13" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="98">
+      <c r="A98" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79651", "204")</f>
+      </c>
+      <c r="B98" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79651", " APROX. 22 POLICORTES (VER ESPECIFICAÇÕES)")</f>
+      </c>
+      <c r="C98" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D98" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F98" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="99">
+      <c r="A99" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79659", "267")</f>
+      </c>
+      <c r="B99" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79659", " 11 LUMINÁRIAS À PROVA DE EXPLOSÃO e 2 REATORES PARA LÂMPADA VAPOR SÓDIO 1000W")</f>
+      </c>
+      <c r="C99" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D99" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="100">
+      <c r="A100" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79656", "268")</f>
+      </c>
+      <c r="B100" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79656", " 05 VÁLVULAS GBV P/ AUTOMAÇÃO DE CONTROLE DE FLUÍDOS, 05 VÁLVULAS VALGIA, 06 CHAVES DE FLUXO E 1 AUTUADOR PARA ACOMPLAMENTO EM VÁLVULA BORBOLETA")</f>
+      </c>
+      <c r="C100" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D100" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F100" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="101">
+      <c r="A101" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79514", "271")</f>
+      </c>
+      <c r="B101" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79514", "APROX. 28 UNIDADES DE FILTROS PARKER E NOGREN")</f>
+      </c>
+      <c r="C101" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D101" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t>3.500,00</t>
+        </is>
+      </c>
+      <c r="F101" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="102">
+      <c r="A102" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79515", "277")</f>
+      </c>
+      <c r="B102" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79515", "TALHA ELÉTRICA  PARA 1 TONELADA - 3,0m DE ALTURA COM 3,10m DE VÃO")</f>
+      </c>
+      <c r="C102" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D102" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t>4.200,00</t>
+        </is>
+      </c>
+      <c r="F102" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="103">
+      <c r="A103" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79516", "290")</f>
+      </c>
+      <c r="B103" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79516", " QUADROS ELÉTRICOS - APROX. 12 PÇS")</f>
+      </c>
+      <c r="C103" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D103" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t>3.200,00</t>
+        </is>
+      </c>
+      <c r="F103" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="104">
+      <c r="A104" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79517", "291")</f>
+      </c>
+      <c r="B104" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79517", " LUMINÁRIAS DIVERSAS (COMUM E LED) -  APROX. 78PÇS")</f>
+      </c>
+      <c r="C104" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D104" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F104" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="105">
+      <c r="A105" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79653", "294")</f>
+      </c>
+      <c r="B105" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79653", " 09 LUMINÁRIAs FITA DE LED DVs TAMANHOS E 09 CALHAs DE LUMINÁRIA P/ LÂMPADA DE LED")</f>
+      </c>
+      <c r="C105" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D105" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F105" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="106">
+      <c r="A106" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79518", "295")</f>
+      </c>
+      <c r="B106" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79518", " Aprox. 49 MÁQUINAS DIVERSAS")</f>
+      </c>
+      <c r="C106" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D106" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F106" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="107">
+      <c r="A107" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79519", "296")</f>
+      </c>
+      <c r="B107" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79519", " 10 BOMBAS D´AGUA DIVERSAS e -1 ENGATE PARA BOMBA SUBMERSA")</f>
+      </c>
+      <c r="C107" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D107" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F107" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="108">
+      <c r="A108" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79520", "297")</f>
+      </c>
+      <c r="B108" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79520", " 07 PAINÉIS ELÉTRICOS")</f>
+      </c>
+      <c r="C108" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D108" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="109">
+      <c r="A109" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79521", "298")</f>
+      </c>
+      <c r="B109" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79521", " 02 FOGÕES INDUSTRIAIS")</f>
+      </c>
+      <c r="C109" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D109" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F109" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="110">
+      <c r="A110" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79654", "299")</f>
+      </c>
+      <c r="B110" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79654", " CONJ. DE DESMONTADOR DE PNEU PNEUMÁTICO DE CAMINHÃO")</f>
+      </c>
+      <c r="C110" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D110" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t>2.800,00</t>
+        </is>
+      </c>
+      <c r="F110" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="111">
+      <c r="A111" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79522", "304")</f>
+      </c>
+      <c r="B111" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79522", " EMPILHADEIRA SEMI-ELÉTRICA 1.000KG COM CARREGADOR. MARCA BELTOOS. Confira o catálogo.")</f>
+      </c>
+      <c r="C111" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D111" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t>7.500,00</t>
+        </is>
+      </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="112">
+      <c r="A112" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79523", "312")</f>
+      </c>
+      <c r="B112" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79523", " 06 MOTORES P/ EMPILHADEIRA ELÉTRICA.")</f>
+      </c>
+      <c r="C112" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D112" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t>4.200,00</t>
+        </is>
+      </c>
+      <c r="F112" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="113">
+      <c r="A113" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79525", "313")</f>
+      </c>
+      <c r="B113" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79525", " 02 EXAUSTORES MOD. ETIN 500 AR4 VAZÃO (M3 H)  6290 RPM 1750 ABS 2,3KW ")</f>
+      </c>
+      <c r="C113" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D113" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F113" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="114">
+      <c r="A114" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79524", "314")</f>
+      </c>
+      <c r="B114" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79524", " 03 EXAUSTORES")</f>
+      </c>
+      <c r="C114" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D114" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E114" s="5" t="inlineStr">
+        <is>
+          <t>2.900,00</t>
+        </is>
+      </c>
+      <c r="F114" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="115">
+      <c r="A115" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79642", "322")</f>
+      </c>
+      <c r="B115" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79642", " 01 CJ PORTA PALLETE DUPLO COM PISOS. MEDIDAS:  3,05  X 2,46 X 1,40 ")</f>
+      </c>
+      <c r="C115" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D115" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F115" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="116">
+      <c r="A116" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79643", "323")</f>
+      </c>
+      <c r="B116" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79643", " 01 CJ PORTA PALLETE SIMPLES COM PISOS. MEDIDAS:  3,05  X 2,46 X 1,0 ")</f>
+      </c>
+      <c r="C116" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D116" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="117">
+      <c r="A117" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79644", "324")</f>
+      </c>
+      <c r="B117" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79644", " PORTÃO 2,70m ALTURA POR 4,80m DE LARGURA (SOMAS DOS DOIS)")</f>
+      </c>
+      <c r="C117" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D117" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F117" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="118">
+      <c r="A118" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79645", "325")</f>
+      </c>
+      <c r="B118" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79645", " APROX. 198 FITAS ANTICORROSIVAS 100MM X 30M. SENDO 163 PÇS PRETAS E FITAS DEMARCAÇÃO DE SOLO 100MMX30M E 35 PÇS VERMELHAS. VALIDADE MAIO 2021")</f>
+      </c>
+      <c r="C118" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D118" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t>4.350,00</t>
+        </is>
+      </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="119">
+      <c r="A119" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79652", "332")</f>
+      </c>
+      <c r="B119" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79652", " 04 CONDENSADORES DE AR CONDICIONADO")</f>
+      </c>
+      <c r="C119" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D119" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F119" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="120">
+      <c r="A120" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79658", "333")</f>
+      </c>
+      <c r="B120" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79658", " 05 Placas de Silicone 200G. Medidas 1000x1000x12mm")</f>
+      </c>
+      <c r="C120" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D120" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F120" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="121">
+      <c r="A121" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79657", "334")</f>
+      </c>
+      <c r="B121" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79657", " 800 Metros de Cabo Helucom A-DQ(ZN)B2Y 24EQ/125 ROHS 08460109318 (24 fibras –monomodo )HELUKABEL(Alemanha)")</f>
+      </c>
+      <c r="C121" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D121" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t>7.250,00</t>
+        </is>
+      </c>
+      <c r="F121" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="122">
+      <c r="A122" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79647", "336")</f>
+      </c>
+      <c r="B122" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79647", "APROX. 20 UN. DE LUMINÁRIAS LED (03 COM REATORES)")</f>
+      </c>
+      <c r="C122" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D122" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t>750,00</t>
+        </is>
+      </c>
+      <c r="F122" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="123">
+      <c r="A123" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79648", "337")</f>
+      </c>
+      <c r="B123" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79648", "09 PROTETORES PARA SERRA CIRCULAR")</f>
+      </c>
+      <c r="C123" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D123" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F123" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="124">
+      <c r="A124" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79649", "338")</f>
+      </c>
+      <c r="B124" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79649", "02 FILTROS DE INOX")</f>
+      </c>
+      <c r="C124" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D124" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E124" s="5" t="inlineStr">
+        <is>
+          <t>1.900,00</t>
+        </is>
+      </c>
+      <c r="F124" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="125">
+      <c r="A125" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79650", "339")</f>
+      </c>
+      <c r="B125" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79650", "APROX. 38 ROSCAS TRANSPORTADORAS")</f>
+      </c>
+      <c r="C125" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D125" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F125" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="126">
+      <c r="A126" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80513", "340")</f>
+      </c>
+      <c r="B126" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80513", " TRAFOS 03 PÇS")</f>
+      </c>
+      <c r="C126" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D126" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t>6.100,00</t>
+        </is>
+      </c>
+      <c r="F126" s="4" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="127">
+      <c r="A127" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80525", "341")</f>
+      </c>
+      <c r="B127" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80525", " TRAFOS 03 PÇS")</f>
+      </c>
+      <c r="C127" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D127" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t>6.100,00</t>
+        </is>
+      </c>
+      <c r="F127" s="4" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="128">
+      <c r="A128" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80529", "342")</f>
+      </c>
+      <c r="B128" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80529", " TRAFOS 02 PÇS")</f>
+      </c>
+      <c r="C128" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D128" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t>3.800,00</t>
+        </is>
+      </c>
+      <c r="F128" s="4" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="129">
+      <c r="A129" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80526", "343")</f>
+      </c>
+      <c r="B129" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80526", " CAPACITOR 9 PÇS")</f>
+      </c>
+      <c r="C129" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D129" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E129" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F129" s="4" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="130">
+      <c r="A130" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80522", "344")</f>
+      </c>
+      <c r="B130" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80522", " CHAVE ELÉTRICA 3 PÇS")</f>
+      </c>
+      <c r="C130" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D130" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F130" s="4" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="131">
+      <c r="A131" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80515", "345")</f>
+      </c>
+      <c r="B131" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80515", " 271 LONGARINAS PARA PORTA PALLETES SENDO 130PÇ COM 1,75MTS 44 COM 1,42 E 97 COM 1,10MTS")</f>
+      </c>
+      <c r="C131" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D131" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F131" s="4" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="132">
+      <c r="A132" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80528", "346")</f>
+      </c>
+      <c r="B132" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80528", " 450PÇS DE ESTRUTURA PARA PISO DE MEZANINO COM MEDIDAS ENTRE 1,50 E 1,76 MAIORIA DE 1,64")</f>
+      </c>
+      <c r="C132" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D132" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
         <is>
           <t>18.000,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
+      <c r="F132" s="4" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="133">
+      <c r="A133" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80520", "348")</f>
+      </c>
+      <c r="B133" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80520", " 1610 TRANSVERTINAS - UDOBRADO 75MM PESO APROXIMADO DE 2330KG")</f>
+      </c>
+      <c r="C133" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D133" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t>6.300,00</t>
+        </is>
+      </c>
+      <c r="F133" s="4" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="134">
+      <c r="A134" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80524", "349")</f>
+      </c>
+      <c r="B134" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80524", " 31 CONTATORAS DIVERSAS")</f>
+      </c>
+      <c r="C134" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D134" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F134" s="4" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="135">
+      <c r="A135" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80514", "350")</f>
+      </c>
+      <c r="B135" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80514", " 12 DISJUNTORES CX MOLDADAS (3X630A   1X250A   1X500A   2X400A   1X800A   1X1600A   2X500A   1X700A)")</f>
+      </c>
+      <c r="C135" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D135" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E135" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F135" s="4" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="136">
+      <c r="A136" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80519", "351")</f>
+      </c>
+      <c r="B136" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80519", " 612 BOTÕES P/ PAINÉIS ELÉTRICOS DIVERSOS MODELOS")</f>
+      </c>
+      <c r="C136" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D136" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E136" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F136" s="4" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="137">
+      <c r="A137" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80517", "352")</f>
+      </c>
+      <c r="B137" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80517", " 1 CONTATORA 3RW4435-6BC44  36 CONTATOS 3TR1023")</f>
+      </c>
+      <c r="C137" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D137" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t>6.000,00</t>
+        </is>
+      </c>
+      <c r="F137" s="4" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="138">
+      <c r="A138" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80516", "353")</f>
+      </c>
+      <c r="B138" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80516", " 19 CHAVES SECCIONADORAS (9X50A   10X125A)   23 CHAVE LIGA DESLIGA   10 CX DE PASSAGEM (300X220X120)")</f>
+      </c>
+      <c r="C138" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D138" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E138" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F138" s="4" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="139">
+      <c r="A139" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80523", "354")</f>
+      </c>
+      <c r="B139" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80523", " 400KG APROXIMADAMENTE DE PEÇAS ELÉTRICAS DIVERSAS")</f>
+      </c>
+      <c r="C139" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D139" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E139" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F139" s="4" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="140">
+      <c r="A140" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80521", "355")</f>
+      </c>
+      <c r="B140" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80521", " 4 TORNO ENCANADOR ( 2XNº 06   2XNº10)")</f>
+      </c>
+      <c r="C140" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D140" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F140" s="4" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="141">
+      <c r="A141" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80530", "356")</f>
+      </c>
+      <c r="B141" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80530", " 34 MONTANTES DE PORTA PALLETES (2X2,40MTS   14X2,20MTS   15X2,0MTS   3X1,65MTS)")</f>
+      </c>
+      <c r="C141" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D141" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E141" s="5" t="inlineStr">
+        <is>
+          <t>3.200,00</t>
+        </is>
+      </c>
+      <c r="F141" s="4" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="142">
+      <c r="A142" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80527", "359")</f>
+      </c>
+      <c r="B142" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80527", " 13 MONITORES - ITAUTEC E POSITIVO FUNCIONANDO")</f>
+      </c>
+      <c r="C142" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D142" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E142" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F142" s="4" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="143">
+      <c r="A143" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80518", "362")</f>
+      </c>
+      <c r="B143" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80518", " MONTACARGA ÁGUIA C/9MTS DE ALTURA COM DUAS ABERTURAS")</f>
+      </c>
+      <c r="C143" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D143" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E143" s="5" t="inlineStr">
+        <is>
+          <t>22.000,00</t>
+        </is>
+      </c>
+      <c r="F143" s="4" t="inlineStr">
+        <is>
+          <t>0.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="144">
+      <c r="A144" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79528", "1002")</f>
+      </c>
+      <c r="B144" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79528", " ALIMENTADOR DE INJETORA CONAIR MDC30-SDC")</f>
+      </c>
+      <c r="C144" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D144" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E144" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F144" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="145">
+      <c r="A145" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79527", "1012")</f>
+      </c>
+      <c r="B145" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79527", " TURASK MOD. BRASILIA.")</f>
+      </c>
+      <c r="C145" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D145" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E145" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F145" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="146">
+      <c r="A146" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79526", "1014")</f>
+      </c>
+      <c r="B146" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79526", " COMPRESSOR DE AR BARIONKAR FB 30/350, ANO: 1999, C/ MOTOR WEG 7,5 CV")</f>
+      </c>
+      <c r="C146" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D146" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E146" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F146" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="147">
+      <c r="A147" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79530", "1029")</f>
+      </c>
+      <c r="B147" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79530", " ROSQUEADEIRA AUTOMÁTICA")</f>
+      </c>
+      <c r="C147" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D147" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E147" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F147" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="148">
+      <c r="A148" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79529", "1030")</f>
+      </c>
+      <c r="B148" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79529", " ROSQUEADEIRA AUTOMÁTICA")</f>
+      </c>
+      <c r="C148" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D148" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E148" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F148" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="149">
+      <c r="A149" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79531", "1031")</f>
+      </c>
+      <c r="B149" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79531", " ROSQUEADEIRA AUTOMÁTICA")</f>
+      </c>
+      <c r="C149" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D149" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E149" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F149" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="150">
+      <c r="A150" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79533", "1033")</f>
+      </c>
+      <c r="B150" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79533", " ROSQUEADEIRA AUTOMÁTICA")</f>
+      </c>
+      <c r="C150" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D150" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E150" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F150" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="151">
+      <c r="A151" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79534", "1034")</f>
+      </c>
+      <c r="B151" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79534", " ROSQUEADEIRA AUTOMÁTICA")</f>
+      </c>
+      <c r="C151" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D151" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E151" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F151" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="152">
+      <c r="A152" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79532", "1035")</f>
+      </c>
+      <c r="B152" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79532", " ROSQUEADEIRA AUTOMÁTICA")</f>
+      </c>
+      <c r="C152" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D152" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E152" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F152" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="153">
+      <c r="A153" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79536", "1037")</f>
+      </c>
+      <c r="B153" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79536", " ROSQUEADEIRA AUTOMÁTICA")</f>
+      </c>
+      <c r="C153" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D153" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E153" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F153" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="154">
+      <c r="A154" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79535", "1039")</f>
+      </c>
+      <c r="B154" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79535", " FRESADORA KLOPP DP AP 203")</f>
+      </c>
+      <c r="C154" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D154" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E154" s="5" t="inlineStr">
+        <is>
+          <t>12.000,00</t>
+        </is>
+      </c>
+      <c r="F154" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-[...25 lines deleted...]
-      <c r="F14" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="155">
+      <c r="A155" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79537", "1040")</f>
+      </c>
+      <c r="B155" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79537", " ROSQUEADEIRA AUTOMÁTICA")</f>
+      </c>
+      <c r="C155" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D155" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E155" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F155" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="156">
+      <c r="A156" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79538", "1041")</f>
+      </c>
+      <c r="B156" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79538", " ROSQUEADEIRA AUTOMÁTICA")</f>
+      </c>
+      <c r="C156" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D156" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E156" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F156" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="157">
+      <c r="A157" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79646", "1047")</f>
+      </c>
+      <c r="B157" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79646", " ROSQUEADEIRA AUTOMÁTICA DAUER DM12")</f>
+      </c>
+      <c r="C157" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D157" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E157" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F157" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="158">
+      <c r="A158" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79539", "1050")</f>
+      </c>
+      <c r="B158" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79539", " ROSQUEADEIRA AUTOMÁTICA")</f>
+      </c>
+      <c r="C158" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D158" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E158" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F158" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="159">
+      <c r="A159" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79540", "1051")</f>
+      </c>
+      <c r="B159" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79540", " FURADEIRA DE COLUNA MANUAL")</f>
+      </c>
+      <c r="C159" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D159" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E159" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F159" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="160">
+      <c r="A160" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79541", "1052")</f>
+      </c>
+      <c r="B160" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79541", " 2 PENEIRAS VIBRATÓRIAS")</f>
+      </c>
+      <c r="C160" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D160" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E160" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F160" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="161">
+      <c r="A161" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79543", "1054")</f>
+      </c>
+      <c r="B161" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79543", " COMPRESSOR DE AR DOUAT C/ MOTOR 5 CV")</f>
+      </c>
+      <c r="C161" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D161" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E161" s="5" t="inlineStr">
+        <is>
+          <t>1.750,00</t>
+        </is>
+      </c>
+      <c r="F161" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="162">
+      <c r="A162" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79542", "1056")</f>
+      </c>
+      <c r="B162" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79542", " BALANÇA MECÂNICA CAP. 5000 KG")</f>
+      </c>
+      <c r="C162" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D162" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E162" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F162" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="163">
+      <c r="A163" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79544", "1061")</f>
+      </c>
+      <c r="B163" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79544", " TORNO HEINEMANN")</f>
+      </c>
+      <c r="C163" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D163" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E163" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F163" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="164">
+      <c r="A164" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79545", "1064")</f>
+      </c>
+      <c r="B164" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79545", " REEVES")</f>
+      </c>
+      <c r="C164" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D164" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E164" s="5" t="inlineStr">
+        <is>
+          <t>7.250,00</t>
+        </is>
+      </c>
+      <c r="F164" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="165">
+      <c r="A165" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79546", "1095")</f>
+      </c>
+      <c r="B165" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79546", " UNIDADE HIDRÁULICA C/ MOTOR")</f>
+      </c>
+      <c r="C165" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D165" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E165" s="5" t="inlineStr">
+        <is>
+          <t>2.200,00</t>
+        </is>
+      </c>
+      <c r="F165" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="166">
+      <c r="A166" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79547", "1099")</f>
+      </c>
+      <c r="B166" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79547", " 2 TANQUES CILINDRICOS HORIZONTAIS EM AÇO CARBONO AGROMETAL")</f>
+      </c>
+      <c r="C166" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D166" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E166" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F166" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="167">
+      <c r="A167" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79548", "1109")</f>
+      </c>
+      <c r="B167" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79548", " CILINDROS HIDRÁULICOS/PNEUMÁTICOS DIVERSOS")</f>
+      </c>
+      <c r="C167" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D167" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E167" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F167" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="168">
+      <c r="A168" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79549", "1111")</f>
+      </c>
+      <c r="B168" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79549", " SILO C/ EXAUSTÃO.")</f>
+      </c>
+      <c r="C168" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D168" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E168" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F168" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="169">
+      <c r="A169" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79550", "1118")</f>
+      </c>
+      <c r="B169" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79550", "PAINEL PARA TESTE")</f>
+      </c>
+      <c r="C169" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D169" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E169" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F169" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="170">
+      <c r="A170" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79551", "1121")</f>
+      </c>
+      <c r="B170" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79551", " Máquina de Suco em Inox")</f>
+      </c>
+      <c r="C170" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D170" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E170" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F170" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="171">
+      <c r="A171" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79552", "1135")</f>
+      </c>
+      <c r="B171" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79552", " Máquina de fazer gravação a laser ")</f>
+      </c>
+      <c r="C171" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D171" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E171" s="5" t="inlineStr">
+        <is>
+          <t>7.900,00</t>
+        </is>
+      </c>
+      <c r="F171" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="172">
+      <c r="A172" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79553", "1136")</f>
+      </c>
+      <c r="B172" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79553", " Painel controlador de tráfego")</f>
+      </c>
+      <c r="C172" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D172" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E172" s="5" t="inlineStr">
+        <is>
+          <t>4.200,00</t>
+        </is>
+      </c>
+      <c r="F172" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="173">
+      <c r="A173" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79554", "1138")</f>
+      </c>
+      <c r="B173" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79554", " aprox. 350 unidades ganchos de segurança")</f>
+      </c>
+      <c r="C173" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D173" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E173" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F173" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="174">
+      <c r="A174" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79555", "1156")</f>
+      </c>
+      <c r="B174" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79555", " 7 un. escadas de madeira ")</f>
+      </c>
+      <c r="C174" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D174" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E174" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F174" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="175">
+      <c r="A175" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79559", "1165")</f>
+      </c>
+      <c r="B175" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79559", " Aprox. 30 Ton de eixos várias medidas. (Lances por quilo)")</f>
+      </c>
+      <c r="C175" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D175" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E175" s="5" t="inlineStr">
+        <is>
+          <t>2,30</t>
+        </is>
+      </c>
+      <c r="F175" s="4" t="inlineStr">
+        <is>
+          <t>0.10</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="176">
+      <c r="A176" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79558", "1166")</f>
+      </c>
+      <c r="B176" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79558", " 1 un. de Torre de refrigeração de água")</f>
+      </c>
+      <c r="C176" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D176" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E176" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F176" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="177">
+      <c r="A177" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79557", "1167")</f>
+      </c>
+      <c r="B177" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79557", " 1 un. de Torre de refrigeração de água")</f>
+      </c>
+      <c r="C177" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D177" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E177" s="5" t="inlineStr">
+        <is>
+          <t>3.900,00</t>
+        </is>
+      </c>
+      <c r="F177" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="178">
+      <c r="A178" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79556", "1168")</f>
+      </c>
+      <c r="B178" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79556", " Forno tipo bambole em aço carbono")</f>
+      </c>
+      <c r="C178" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D178" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E178" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F178" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-[...89 lines deleted...]
-      <c r="F17" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="179">
+      <c r="A179" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79560", "1169")</f>
+      </c>
+      <c r="B179" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79560", " Forno tipo bambole em aço inox")</f>
+      </c>
+      <c r="C179" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D179" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E179" s="5" t="inlineStr">
+        <is>
+          <t>21.000,00</t>
+        </is>
+      </c>
+      <c r="F179" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-[...20 lines deleted...]
-      <c r="E18" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="180">
+      <c r="A180" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79563", "1174")</f>
+      </c>
+      <c r="B180" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79563", " 7 secadores de mão. Ar quente e frio")</f>
+      </c>
+      <c r="C180" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D180" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E180" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F180" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="181">
+      <c r="A181" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79564", "1177")</f>
+      </c>
+      <c r="B181" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79564", " 10 motores acoplados")</f>
+      </c>
+      <c r="C181" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D181" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E181" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F181" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="182">
+      <c r="A182" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79565", "1180")</f>
+      </c>
+      <c r="B182" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79565", " Torninho")</f>
+      </c>
+      <c r="C182" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D182" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E182" s="5" t="inlineStr">
         <is>
           <t>1.900,00</t>
         </is>
       </c>
-      <c r="F18" s="4" t="inlineStr">
-[...31 lines deleted...]
-      <c r="F19" s="4" t="inlineStr">
+      <c r="F182" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="183">
+      <c r="A183" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79562", "1182")</f>
+      </c>
+      <c r="B183" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79562", " Plaina de chaveta Rocco")</f>
+      </c>
+      <c r="C183" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D183" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E183" s="5" t="inlineStr">
+        <is>
+          <t>11.500,00</t>
+        </is>
+      </c>
+      <c r="F183" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-[...340 lines deleted...]
-      <c r="E30" s="5" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="184">
+      <c r="A184" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79566", "1186")</f>
+      </c>
+      <c r="B184" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79566", " Fogão de 8 bocas em inox")</f>
+      </c>
+      <c r="C184" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D184" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E184" s="5" t="inlineStr">
         <is>
           <t>1.200,00</t>
         </is>
       </c>
-      <c r="F30" s="4" t="inlineStr">
+      <c r="F184" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-[...25 lines deleted...]
-      <c r="F31" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="185">
+      <c r="A185" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79561", "1187")</f>
+      </c>
+      <c r="B185" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79561", " Máquina de lavar material")</f>
+      </c>
+      <c r="C185" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D185" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E185" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F185" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-[...4926 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="186">
-      <c r="A186" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A186" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79567", "1189")</f>
+      </c>
+      <c r="B186" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/79567", "Máquina de fazer Raio-X a Laser")</f>
       </c>
       <c r="C186" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D186" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E186" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
       <c r="F186" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>