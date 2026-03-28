--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,315 +269,279 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80163", "20403")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80163", "CAMINHÃO VOLVO FM 400, ANO 2007, SF-  LOC. SERRANA/ SP ")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>88.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80164", "20404")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80164", "CAMINHÃO VOLVO FM 400 , ANO 2007, SF, LOC. SERRANA/ SP ")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>88.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80168", "20405")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80168", "CAMINHÃO SCANIA , GA 420- 6X4, ANO 2009, FR 50301, LOC.SERRANA / SP ")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>76</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>130.000,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80166", "20406")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80166", "CAMINHÃO SCANIA  GA 420 - 6X4, ANO 2009, FR 50302, LOC. SERRANA/ SP ")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>62</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>124.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80159", "20407")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80159", "CAMINHÃO VOLVO NL-12 360 6X4, ANO 1994, FR 25367 LOC. SERRANA/ SP ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>73</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>75.000,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80165", "20408")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80165", "CAMINHÃO SCANIA  GA 420 - 6X4, ANO 2010, FR 50497, LOC. SERRANA/ SP ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>80</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>138.000,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>1000.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80161", "20409")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80161", "CAMINHÃO VOLVO NL-12 360 6X4, ANO 1994, FR 25364, LOC. SERRANA/ SP ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>64</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>72.000,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80160", "20410")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80160", "CAMINHÃO VOLVO NL-12 360 6X4, ANO 1994,  FR 25365, LOC. SERRANA / SP ")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>85</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>80.500,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80162", "20411")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80162", "CAMINHÃO VOLVO NL-12 360 6X4, ANO 1994, FR 25366,  LOC. SERRANA/ SP ")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>84</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>78.500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>