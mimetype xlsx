--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,603 +269,531 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80559", "002")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80559", "VW/ÔNIBUS; INDUSCAR APACHE, 2006/2006, BRANCO, DIESEL, FROTA 128 - FUNCIONANDO")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>28</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>23.500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80558", "003")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80558", "VW/ÔNIBUS; INDUSCAR APACHE, 2006/2006, BRANCO, DIESEL, FROTA 313 - FUNCIONANDO")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>20</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>25.500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80566", "005")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80566", "IVECO; DAILY 35S14HDCS; 2014/2014; BRANCA; DIESEL - FUNCIONANDO")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>202</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>102.750,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80567", "006")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80567", "GM/S10 COLINA S 4X4; 2011/2011; PRATA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>41.250,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80568", "007")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80568", "CAMINHÃO GM/CHEVROLET 13.000 COM MUCK; 1985/1986; CAP 3.750 TON.; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>29</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>33.700,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80562", "008")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80562", "I/FORD FUSION; 2014/2015; PRETA; GASOLINA; FROTA 070 - FUNCIONANDO")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...4 lines deleted...]
-      <c r="C14" s="4" t="inlineStr">
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>35.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80561", "010")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80561", "NISSAN; FRONTIER XE 4X2; 2012/2013; PRETA; DIESEL")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>1250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80560", "011")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80560", "NISSAN; FRONTIER XE 4X2; 2012/2013; PRETA; DIESEL")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>14.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80563", "016")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80563", "I/FORD TRANSIT 350L TA; 2011/2011; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>51</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>28.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80564", "019")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80564", "VW/KOMBI FURGAO; 2005/2005; BRANCA; GASOLINA; FOOD TRUCK - FUNCIONANDO")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>12.550,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80726", "025")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80726", " VW GOL 1.0 GIV 2011/2011 PRATA ALCO./GASOL. FROTA 169")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>39</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>8.550,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80569", "102")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80569", "BAÚ PARA CAMINHÃO TOCO")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>2.500,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80830", "121")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80830", "I/LIFAN X60 CVT VIP; 2017/2018; VERMELHA; GASOLINA - FUNCIONANDO")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>38</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>28.250,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80725", "200")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80725", "veja o vídeo!! M. BENZ/ACTROS 2646LS6X4; 2011/2012; BRANCA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>71</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>139.450,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>1550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80717", "202")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80717", "veja o vídeo!! GM/BLAZER COLINA 4X4; 2005/2005; PRETA; DIESEL - FUNCIONANDO")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>34</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>27.750,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>550.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80718", "238")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80718", "veja o vídeo!! FORD/FIESTA SEDAN FLEX; 2013/2014; PRATA; ALCO./GASOL. - FUNCIONANDO")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>14.750,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>150.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80721", "270")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80721", "veja o vídeo!! VW/GOL CLI; 1996/1996; VERMELHA; GASOL./GNV - FUNCIONANDO")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
-      <c r="D14" s="4" t="inlineStr">
-[...144 lines deleted...]
-      <c r="A19" s="5" t="inlineStr">
+      <c r="D27" s="4" t="inlineStr">
         <is>
           <t>16</t>
         </is>
       </c>
-      <c r="B19" s="4" t="inlineStr">
-[...51 lines deleted...]
-      <c r="F20" s="4" t="inlineStr">
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>5.100,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-[...222 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80720", "299")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80720", "veja o vídeo!! FORD/BELINA; 1976/1976; MARROM; GASOLINA - FUNCIONANDO")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>14</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>4.350,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>