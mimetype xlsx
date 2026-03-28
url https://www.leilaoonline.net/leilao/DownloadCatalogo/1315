--- v0 (2025-12-24)
+++ v1 (2026-03-28)
@@ -269,155 +269,139 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80507", "069")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80507", " CHASSI CAMINHÃO, MB 712 C, ANO: 99/99 PLACA:  GXH7228 RENAVAM:  722174314 CHASSI:  9BM688254XB205943")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80509", "070")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80509", " CHASSI MICROONIBUS , MB LO 814.    ANO:  99/99 PLACA:  AJA1597 RENAVAM:  728312093 CHASSI:  9BM688176XB201012")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>16.000,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80506", "071")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80506", " CHASSI CAMINHÃO MB 712, ANO:  92/92. PLACA:  ADN2253 RENAVAM:  607708654 CHASSI:  9BM688177NB956109")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>26</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>16.500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80508", "072")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80508", " CHASSI CAMINHÃO, MB 712 C, ANO: 99/99 PLACA:  GXH7248 RENAVAM:  723980977 CHASSI:  9BM688254XB207546")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>17.000,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>