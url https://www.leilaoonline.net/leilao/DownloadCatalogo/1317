--- v0 (2025-11-05)
+++ v1 (2026-03-28)
@@ -269,1083 +269,951 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80786", "015")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80786", "ROLAMENTOS, ARRUELAS E MAIS - Campo Grande, MS - CONFIRA DESCRITIVO DE ITENS")</f>
       </c>
       <c r="C11" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D11" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F11" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
-      <c r="A12" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80787", "023")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80787", "ABRAÇADEIRAS, BLOCOS E MAIS - Edealina, GO - CONFIRA DESCRITIVO DO LOTE")</f>
       </c>
       <c r="C12" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D12" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F12" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
-      <c r="A13" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80788", "024")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80788", "MOLAS, PARAFUSOS E MAIS - Esteio, RS - CONFIRA DESCRITIVO DE ITENS")</f>
       </c>
       <c r="C13" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D13" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F13" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
-      <c r="A14" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80789", "029")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80789", "GAXETAS, CHAVES E MAIS - Poty Paulista, PE - CONFIRA DESCRITIVO DO LOTE")</f>
       </c>
       <c r="C14" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D14" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F14" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
-      <c r="A15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80792", "031")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80792", "APAR AUDIO CONFERENCIA AETHRA THE VOICE C 05 MICRO-LOC. Parada de Lucas / RJ")</f>
       </c>
       <c r="C15" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D15" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F15" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-      <c r="A16" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80793", "032")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80793", "BEBEDOURO ELETRICO PRESSAO 40 L MASTERFRIO 110 V A - LOC. Parada de Lucas/ RJ ")</f>
       </c>
       <c r="C16" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F16" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
-      <c r="A17" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80794", "033")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80794", "INDICADOR DIGITAL 9091 KIT LOOP DE CORRENTE P BALA - LOC. Parada de Lucas / RJ ")</f>
       </c>
       <c r="C17" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D17" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F17" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
-      <c r="A18" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80795", "034")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80795", "REFILADORA DE PAPEL MARCA LASSANI MED  46 CM - LOC. Parada de Lucas/ RJ")</f>
       </c>
       <c r="C18" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D18" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t>250,00</t>
         </is>
       </c>
       <c r="F18" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-      <c r="A19" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80790", "039")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80790", "BUCHAS, CALCOS E MAIS - LOC. Xambioa/ TO - CONFIRA DESCRITIVO DOS ITENS")</f>
       </c>
       <c r="C19" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F19" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
-      <c r="A20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80791", "040")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80791", "PORCAS, ARRUELAS E MAIS - LOC. Xambioa/TO - CONFIRA DESCRITIVO DOS ITENS")</f>
       </c>
       <c r="C20" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F20" s="4" t="inlineStr">
         <is>
           <t>150.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
-      <c r="A21" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80796", "042")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80796", "MAQUINA DE CAFE EXPRESSO SAECO  MOD STRATOS - LOC. Parada de Lucas/RJ")</f>
       </c>
       <c r="C21" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F21" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-      <c r="A22" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80797", "043")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80797", "MAQUINA FRAGMENTADORA DE PAPEIS MOD AS702-MX - LOC. Parada de Lucas/ RJ ")</f>
       </c>
       <c r="C22" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80798", "044")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80798", "COFRE DE ACO MARCA VULCANO N  4174 - loc. Parada de Lucas/ RJ")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>200,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80667", "050")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80667", "VALVULA JOHAMES MOLLER, ANO 1980 , LOC. CANTAGALO / RJ ")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80668", "051")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80668", "CAMERA DIGITAL SAMSUNG DIGIMAX 301 401, LOC. PARADA DE LUCAS/ RJ ")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80669", "052")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80669", "APARELHO FAX COM SECRETÁRIA ELETRONICA, PANASONIC, LOC. PARADA DE LUCAS / RJ ")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80670", "053")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80670", "COMPRESSOR SHUZ, ANO 2004, PATR. 00076663 LOC. BAURU/ SP ")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
-      <c r="A28" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80671", "054")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80671", "MOTOR ELETRICO VEG 30 CV , COR AZUL , PT. 00076691 - LOC. Santa Isabel/SP ")</f>
       </c>
       <c r="C28" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
       <c r="F28" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
-      <c r="A29" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80673", "055")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80673", "ITENS DIV., CAIXA JUNCAO, PLACAS ELETR., MEDIDOR, MODULOS E OUTROS - VEJA DESCRITIVO DE ITENS - LOC. SÃO MIGUEL PAULISTA ")</f>
       </c>
       <c r="C29" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D29" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F29" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
-      <c r="A30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80744", "056")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80744", "CROWN PW3520-80, ANO 2009, ID 2136, COR CINZA, LOC. SOBRAL /CE ")</f>
       </c>
       <c r="C30" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F30" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
-      <c r="A31" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80745", "057")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80745", "CROWN PW3520-80, ANO 2009, ID 2137, COR CINZA, LOC.SOBRAL /CE ")</f>
       </c>
       <c r="C31" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F31" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
-      <c r="A32" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80746", "058")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80746", "CROWN PW3520-80, ANO 2009, COR CINZA, LOC. SOBRAL /CE ")</f>
       </c>
       <c r="C32" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D32" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F32" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
-      <c r="A33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80747", "059")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80747", "ITENS DIVEV. RETENTORES, ARRUELAS, PARAFUSOS E OUTROS - VEJA DESCRITIVO DE ITENS -LOC. CANTAGALO/ RJ ")</f>
       </c>
       <c r="C33" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F33" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
-      <c r="A34" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80779", "060")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80779", "ITENS VIVERS. ARRUELAS, RETENTORES, DISJUNTORES E OUTROS - VEJA DESCRITIVO DE  ITENS - LOC. CAPIVARI DE BAIXO / SC")</f>
       </c>
       <c r="C34" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F34" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
-      <c r="A35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80780", "061")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80780", "ITENS DIVERS. MANOPLA, ROLAMENTOS E OUTROS - VEJA DESCRITIVO DE ITENS - LOC. CORUMBA/MS ")</f>
       </c>
       <c r="C35" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F35" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
-      <c r="A36" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80781", "062")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80781", "ITENS DIVERS. CORREIA, ANEL , CHAPA E OUTROS - VEJA DESCRITIVO DE ITENS - LOC. LARANJEIRAS /SE ")</f>
       </c>
       <c r="C36" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F36" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
-      <c r="A37" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80782", "063")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80782", "ITENS DIVERS. PINOS, FILTROS, GRAMPOS E OUTRS- VEJA DESCRITIVO DE ITENS- LOC. SANTA ISABEL / SP ")</f>
       </c>
       <c r="C37" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
-      <c r="A38" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80783", "064")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80783", "ITENS DIVERS. ANEIS, CILINDROS, ISOLADOR E OUTROS - VEJA DESCRITIVO DE ITENS - LOC. BRASILIA / DF ")</f>
       </c>
       <c r="C38" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t>1.250,00</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
-      <c r="A39" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80785", "065")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80785", "SUCATA VW SAVEIRO, ANO 2006, FLEX COR BRANCO")</f>
       </c>
       <c r="C39" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t>1.500,00</t>
         </is>
       </c>
       <c r="F39" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
-      <c r="A40" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80800", "066")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80800", "CARCAÇA DE TRANSFORMADOR, CINZA , TR-8 / Plaqueta 025477, LOC. ARAÇARIGUAMA / SP ")</f>
       </c>
       <c r="C40" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
       <c r="F40" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
-      <c r="A41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80801", "067")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80801", " PAINEL QDMT DISTRIBUICAO MEDIA TENSAO Z1 - ID 3535 ")</f>
       </c>
       <c r="C41" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
-      <c r="A42" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80802", "068")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80802", " PAINEL QDMT DISTRIBUICAO MEDIA TENSAO Z2 - ID 3536")</f>
       </c>
       <c r="C42" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D42" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F42" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
-      <c r="A43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80803", "069")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80803", " PAINEL QDMT DISTRIBUICAO MEDIA TENSAO Z4 - ID 3537")</f>
       </c>
       <c r="C43" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t>1.000,00</t>
         </is>
       </c>
       <c r="F43" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>