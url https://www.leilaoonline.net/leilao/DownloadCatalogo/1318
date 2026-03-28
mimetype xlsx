--- v0 (2026-02-11)
+++ v1 (2026-03-28)
@@ -269,2811 +269,2463 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81519", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81519", "[Vídeo] Toyota Hilux SRV 3.0 TB Diesel 2008/2009 - 4x4 Automática")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>76.750,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81518", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81518", "[Vídeo] VW Amarock S 2018/2018 TB Diesel 4x4 Manual")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>24</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>77.250,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81511", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81511", " Armário de ferramentas de aço - 1,20m")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81506", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81506", " Lote com: 115 unidades de cabo Padrão novo - Sem uso")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>250,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81538", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81538", " Lote com: 20 unidades de cabos VGA - 15 Unidades  de cabo DVI e 25 unidades de cabo Padrão antigo.")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81530", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81530", " Par de Garfo para empilhadeira")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81553", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81553", " Par de Garfo para empilhadeira")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81561", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81561", " Lote com: 1 unidade lavadora e 1 unidade bebedouro")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81554", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81554", " Lote com: 2 unidades - secadores geminus com aquecimento sensor - funcionando")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81557", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81557", " Lote com: 8 lixeiras de 50 litros.")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81472", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81472", " Piscina 3.20 x 1.50 ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81479", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81479", " Lote com: 2 poltronas em couro legítimo")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81475", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81475", " Poltrona corino luxo")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81478", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81478", " Poltrona Stopa Luxo")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81476", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81476", " Maquina de café e derivados (funcionando)")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81473", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81473", " Lote com: 3 abajures estilo americanos")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81477", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81477", " Lote com:  2 abajures estilo americanos")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81474", "018")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81474", " Lote com: 2 abajures estilo americanos")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81513", "019")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81513", " Lote com: 3 prateleiras americanas")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81558", "020")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81558", " Lote com: 2 mesas estilo colonial")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81555", "021")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81555", " Geladeira Consul - Sem uso")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D13" s="4" t="inlineStr">
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81510", "022")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81510", " Geladeira Consul - Sem uso")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81533", "023")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81533", " Bebedouro Galão interno - Funcionando")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81522", "024")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81522", " Lote com: 2 unidades de Aquecedore a òleo - Funcionando")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E13" s="5" t="inlineStr">
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81556", "025")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81556", " Vasos decorativos")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81481", "026")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81481", " System sony (funcionando)")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81480", "027")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81480", " System sony - (Funciona caixas divergentes)")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81482", "028")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81482", " Lote com: 2 aparelhos de som ( não liga)")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>150,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81483", "029")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81483", " Torre de Som - Sony - Funcionando")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81559", "030")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81559", " Lote com: 2 unidades - rechaud de inox")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81504", "031")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81504", " Peças de cozinha - inox")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81485", "032")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81485", " Lote com: 2 condensadores")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81484", "033")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81484", " Lote com: 2 condensadores Philco")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
         <is>
           <t>450,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...6 lines deleted...]
-      <c r="A14" s="5" t="inlineStr">
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81503", "034")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81503", " Projetor Epson")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81512", "035")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81512", " Projetor Sony")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81487", "036")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81487", " Lote com: 2 condensadores")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="B14" s="4" t="inlineStr">
-[...9 lines deleted...]
-      <c r="D14" s="4" t="inlineStr">
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>550,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81488", "037")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81488", " Lote com: 2 condensadores")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81490", "038")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81490", " Condensador e split")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81486", "039")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81486", " Lote com: 3 Splits Samsung")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81489", "040")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81489", " Lote com: 4 Splits")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81491", "041")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81491", " Condensador ")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81523", "042")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81523", " Lote com: 4 unid. Notebooks e 2 unid. Monitores - Com avarias")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81507", "043")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81507", " Lote com: 7 unid. Monitores 19' - Parou funcionando")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81516", "044")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81516", " Lote com: 10 unid. Monitores 15' - Parou funcionando")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>450,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81521", "045")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81521", " Lote com: 14 unid. Monitores 17' - Parou funcionando")</f>
+      </c>
+      <c r="C55" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D55" s="4" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t>650,00</t>
+        </is>
+      </c>
+      <c r="F55" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81514", "046")</f>
+      </c>
+      <c r="B56" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81514", " Lote com: 10 unid. Monitores 17' - Parou funcionando")</f>
+      </c>
+      <c r="C56" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D56" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="57">
+      <c r="A57" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81520", "047")</f>
+      </c>
+      <c r="B57" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81520", " Lote com: 23 unid. CPU - Parou funcionando")</f>
+      </c>
+      <c r="C57" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D57" s="4" t="inlineStr">
+        <is>
+          <t>22</t>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t>2.700,00</t>
+        </is>
+      </c>
+      <c r="F57" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="58">
+      <c r="A58" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81509", "048")</f>
+      </c>
+      <c r="B58" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81509", " Projetor Panasonic - Funcionando")</f>
+      </c>
+      <c r="C58" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D58" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t>350,00</t>
+        </is>
+      </c>
+      <c r="F58" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="59">
+      <c r="A59" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81542", "049")</f>
+      </c>
+      <c r="B59" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81542", " Lote com: 2 unid. Projetores - Não liga")</f>
+      </c>
+      <c r="C59" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D59" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F59" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="60">
+      <c r="A60" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81525", "051")</f>
+      </c>
+      <c r="B60" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81525", " Lote com: 2 unid. Maleta/Bolsa DELL - Sem uso")</f>
+      </c>
+      <c r="C60" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="61">
+      <c r="A61" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81531", "052")</f>
+      </c>
+      <c r="B61" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81531", " Lote com: 2 unid. Maleta/Bolsa DELL - Sem uso")</f>
+      </c>
+      <c r="C61" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D61" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F61" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="62">
+      <c r="A62" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81524", "053")</f>
+      </c>
+      <c r="B62" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81524", " Lote com: 2 unid. Maleta/Bolsa DELL - Sem uso")</f>
+      </c>
+      <c r="C62" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D62" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t>100,00</t>
+        </is>
+      </c>
+      <c r="F62" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="63">
+      <c r="A63" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81529", "054")</f>
+      </c>
+      <c r="B63" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81529", " Lote com: 1 unid. PC i3 4gb ran 500hd e 1 unid.  i3 4gb ran 750hd - Funcionando")</f>
+      </c>
+      <c r="C63" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D63" s="4" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t>1.650,00</t>
+        </is>
+      </c>
+      <c r="F63" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="64">
+      <c r="A64" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81547", "055")</f>
+      </c>
+      <c r="B64" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81547", " Tv Samsung - com tela quebrada")</f>
+      </c>
+      <c r="C64" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D64" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="65">
+      <c r="A65" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81540", "056")</f>
+      </c>
+      <c r="B65" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81540", " Tv Panasonic - 50' - Funcionando")</f>
+      </c>
+      <c r="C65" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D65" s="4" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F65" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="66">
+      <c r="A66" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81548", "057")</f>
+      </c>
+      <c r="B66" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81548", " Tv 42 lcd LG - Funcionando")</f>
+      </c>
+      <c r="C66" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D66" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F66" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="67">
+      <c r="A67" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81534", "058")</f>
+      </c>
+      <c r="B67" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81534", " Tv 32 ( sem uso )")</f>
+      </c>
+      <c r="C67" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D67" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="68">
+      <c r="A68" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81544", "059")</f>
+      </c>
+      <c r="B68" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81544", " Notebook 4gb ram 500hd")</f>
+      </c>
+      <c r="C68" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D68" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t>900,00</t>
+        </is>
+      </c>
+      <c r="F68" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="69">
+      <c r="A69" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81537", "060")</f>
+      </c>
+      <c r="B69" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81537", " Notebook hp xpro i5 4gb ssd 128 gb touch-screen função Tablet")</f>
+      </c>
+      <c r="C69" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D69" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>1.700,00</t>
+        </is>
+      </c>
+      <c r="F69" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="70">
+      <c r="A70" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81526", "061")</f>
+      </c>
+      <c r="B70" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81526", " Notebook HP Xpro i5 4gb 128 ssd touch-screen função Tablet")</f>
+      </c>
+      <c r="C70" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D70" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D15" s="4" t="inlineStr">
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="71">
+      <c r="A71" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81502", "062")</f>
+      </c>
+      <c r="B71" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81502", " Notebook HP Xpro i5 4gb ssd 128 gb touch-screen função Tablet")</f>
+      </c>
+      <c r="C71" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D71" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t>1.400,00</t>
+        </is>
+      </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="72">
+      <c r="A72" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81532", "063")</f>
+      </c>
+      <c r="B72" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81532", " Lote com: 4 unid. notebooks com avarias sendo 2 unid. i5 e 2 unid.  i3")</f>
+      </c>
+      <c r="C72" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D72" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E15" s="5" t="inlineStr">
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F72" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="73">
+      <c r="A73" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81552", "064")</f>
+      </c>
+      <c r="B73" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81552", " Maquinas fotográficas e controlador marantz")</f>
+      </c>
+      <c r="C73" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D73" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
         <is>
           <t>100,00</t>
         </is>
       </c>
-      <c r="F15" s="4" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D16" s="4" t="inlineStr">
+      <c r="F73" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="74">
+      <c r="A74" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81549", "065")</f>
+      </c>
+      <c r="B74" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81549", " Celular S7 - Sem uso ")</f>
+      </c>
+      <c r="C74" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D74" s="4" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F74" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="75">
+      <c r="A75" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81535", "066")</f>
+      </c>
+      <c r="B75" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81535", "[VÍDEO] - Projetor luzes (funcionando perfeitamente)")</f>
+      </c>
+      <c r="C75" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D75" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E75" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F75" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="76">
+      <c r="A76" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81539", "067")</f>
+      </c>
+      <c r="B76" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81539", " BICICLETA - gios top freio óleo")</f>
+      </c>
+      <c r="C76" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D76" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="77">
+      <c r="A77" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81528", "068")</f>
+      </c>
+      <c r="B77" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81528", " Carroça pequena antiga")</f>
+      </c>
+      <c r="C77" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="78">
+      <c r="A78" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81546", "069")</f>
+      </c>
+      <c r="B78" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81546", " Lixadeira esmerilhadeira DWALT (FUNCIONANDO PERFEITAMENTE)")</f>
+      </c>
+      <c r="C78" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D78" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="79">
+      <c r="A79" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81536", "070")</f>
+      </c>
+      <c r="B79" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81536", " Cadeira de boneca antiga")</f>
+      </c>
+      <c r="C79" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D79" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F79" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="80">
+      <c r="A80" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81494", "071")</f>
+      </c>
+      <c r="B80" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81494", "Lote com: 2 Pneus 235/50/18")</f>
+      </c>
+      <c r="C80" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E80" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F80" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="81">
+      <c r="A81" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81493", "072")</f>
+      </c>
+      <c r="B81" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81493", "Lote com: 2 Pneus 225/35/20")</f>
+      </c>
+      <c r="C81" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F81" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="82">
+      <c r="A82" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81527", "073")</f>
+      </c>
+      <c r="B82" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81527", " Lote com: 4 unid. pneus 265/70/16 (somente os pneus rodas não inclusas)")</f>
+      </c>
+      <c r="C82" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D82" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E82" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="83">
+      <c r="A83" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81496", "074")</f>
+      </c>
+      <c r="B83" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81496", " bicicleta peugeot ")</f>
+      </c>
+      <c r="C83" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t>800,00</t>
+        </is>
+      </c>
+      <c r="F83" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="84">
+      <c r="A84" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81495", "075")</f>
+      </c>
+      <c r="B84" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81495", " Monark tropical ")</f>
+      </c>
+      <c r="C84" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D84" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t>300,00</t>
+        </is>
+      </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="85">
+      <c r="A85" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81515", "076")</f>
+      </c>
+      <c r="B85" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81515", " Lote com: 2 arquivos em aço")</f>
+      </c>
+      <c r="C85" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E16" s="5" t="inlineStr">
-[...26 lines deleted...]
-      <c r="D17" s="4" t="inlineStr">
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="86">
+      <c r="A86" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81560", "077")</f>
+      </c>
+      <c r="B86" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81560", " Lote com: 2 arquivos em aço")</f>
+      </c>
+      <c r="C86" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D86" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E86" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F86" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="87">
+      <c r="A87" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81508", "078")</f>
+      </c>
+      <c r="B87" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81508", " Lote com: 2 arquivos em aço")</f>
+      </c>
+      <c r="C87" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D87" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F87" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="88">
+      <c r="A88" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81545", "079")</f>
+      </c>
+      <c r="B88" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81545", " Lote com: 2 arquivos em aço")</f>
+      </c>
+      <c r="C88" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D88" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E88" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F88" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="89">
+      <c r="A89" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81517", "080")</f>
+      </c>
+      <c r="B89" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81517", " Lote com: 4 arquivos em aço")</f>
+      </c>
+      <c r="C89" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D89" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F89" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="90">
+      <c r="A90" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81541", "081")</f>
+      </c>
+      <c r="B90" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81541", " Lote com: 4 arquivos em aço")</f>
+      </c>
+      <c r="C90" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D90" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E17" s="5" t="inlineStr">
-[...154 lines deleted...]
-      <c r="D22" s="4" t="inlineStr">
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F90" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="91">
+      <c r="A91" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81550", "082")</f>
+      </c>
+      <c r="B91" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81550", " Lote com: 2 arquivos em aço")</f>
+      </c>
+      <c r="C91" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D91" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="92">
+      <c r="A92" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81551", "083")</f>
+      </c>
+      <c r="B92" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81551", " Lote com: 2 arquivos em aço")</f>
+      </c>
+      <c r="C92" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D92" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t>200,00</t>
+        </is>
+      </c>
+      <c r="F92" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="93">
+      <c r="A93" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81543", "084")</f>
+      </c>
+      <c r="B93" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/81543", " Aquário 1,20x60x40 com estrutura ferro")</f>
+      </c>
+      <c r="C93" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D93" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t>400,00</t>
+        </is>
+      </c>
+      <c r="F93" s="4" t="inlineStr">
+        <is>
+          <t>50.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="94">
+      <c r="A94" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/83066", "085")</f>
+      </c>
+      <c r="B94" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/83066", "Aparelho audiometria MA41 funcionando sem aferição")</f>
+      </c>
+      <c r="C94" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D94" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="E22" s="5" t="inlineStr">
-[...479 lines deleted...]
-      <c r="E37" s="5" t="inlineStr">
+      <c r="E94" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
-      <c r="F37" s="4" t="inlineStr">
-[...277 lines deleted...]
-      <c r="D46" s="4" t="inlineStr">
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="95">
+      <c r="A95" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/83082", "086")</f>
+      </c>
+      <c r="B95" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/83082", "Cabine audiomerica acústica")</f>
+      </c>
+      <c r="C95" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D95" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E95" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F95" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="96">
+      <c r="A96" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/83797", "087")</f>
+      </c>
+      <c r="B96" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/83797", "Cadeira completa odontológica em funcionamento")</f>
+      </c>
+      <c r="C96" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D96" s="4" t="inlineStr">
         <is>
           <t>4</t>
         </is>
       </c>
-      <c r="E46" s="5" t="inlineStr">
-[...703 lines deleted...]
-      <c r="E68" s="5" t="inlineStr">
+      <c r="E96" s="5" t="inlineStr">
         <is>
           <t>900,00</t>
         </is>
       </c>
-      <c r="F68" s="4" t="inlineStr">
-[...894 lines deleted...]
-      </c>
       <c r="F96" s="4" t="inlineStr">
         <is>
           <t>100.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="97">
-      <c r="A97" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A97" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/83798", "088")</f>
+      </c>
+      <c r="B97" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/83798", "PS3 Slim")</f>
       </c>
       <c r="C97" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
       <c r="E97" s="5" t="inlineStr">
         <is>
           <t>300,00</t>
         </is>
       </c>
       <c r="F97" s="4" t="inlineStr">
         <is>
           <t>50.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>