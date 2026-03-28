--- v0 (2025-12-25)
+++ v1 (2026-03-28)
@@ -269,1467 +269,1287 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84232", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84232", "Linha de produção de biodiesel completa - desmontada - sem uso (anexo no descritivo de itens) - (avaliação R$ 400.000)")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>100.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>1000.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84246", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84246", "Lote composto:  com freezer horizontal expositora  geladeira expositora , geladeira expositora 6 portas , masseira , cilindro , modeladora , forno 3 câmeras , mesas de inox , estufa , 6 geladeiras expositores de vidro para bolos , chapa e balcões")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>53.000,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82166", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82166", " Redutor de velocidade com carretel para cabo de aço capacidade 5 toneladas")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82167", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82167", " Serra de fita horizontal")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>1.600,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82168", "006")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82168", " Lote com: Aproximadamente 500 unidades decaixas de ferro para metalúrgica")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82160", "007")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82160", " Moinho de tinta")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82163", "008")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82163", " Lote com: 3 unidades de torre de refrigeração Antpol ESR")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82175", "009")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82175", " Prensa hidráulica para borracha - Luxor com capacidade para 60 toneladas - Com aquecimento ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82171", "010")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82171", " Fresadora para engrenagem de produção")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82174", "011")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82174", " Misturador em y de inox - capacidade 50 kg")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>700,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82161", "012")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82161", " Máquina de gravação Puncionadeira PPW-25 - Completa - Com manual. Para gravação de metais cnc")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82173", "014")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82173", " Jato de areia com pistola, luva e coletor de pó - 1,70 Alt X 0.90 Larg X 1,30 Comp.")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F22" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82165", "017")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82165", " Máquina para fazer janela veneziana com ferramenta .")</f>
+      </c>
+      <c r="C23" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t>15.000,00</t>
+        </is>
+      </c>
+      <c r="F23" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82162", "020")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82162", " Máquina para corte de pedra mármore")</f>
+      </c>
+      <c r="C24" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D24" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F24" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82170", "021")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82170", " Ferramentas para corte de prensas excêntricas")</f>
+      </c>
+      <c r="C25" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D25" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t>1.000,00</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82177", "023")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82177", " Aquecedor indutivo para soldar ferramentas politron")</f>
+      </c>
+      <c r="C26" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E26" s="5" t="inlineStr">
+        <is>
+          <t>5.000,00</t>
+        </is>
+      </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>200.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82191", "024")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82191", " Fresadora descascadeira iso 50")</f>
+      </c>
+      <c r="C27" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D27" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F27" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="28">
+      <c r="A28" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82179", "029")</f>
+      </c>
+      <c r="B28" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82179", " Fresadora universal iso 50 ")</f>
+      </c>
+      <c r="C28" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D28" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F28" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="29">
+      <c r="A29" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82193", "030")</f>
+      </c>
+      <c r="B29" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82193", " Tanque de aço inox 5000 ")</f>
+      </c>
+      <c r="C29" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D29" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...26 lines deleted...]
-      <c r="A12" s="5" t="inlineStr">
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t>2.000,00</t>
+        </is>
+      </c>
+      <c r="F29" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="30">
+      <c r="A30" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82189", "031")</f>
+      </c>
+      <c r="B30" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82189", " Misturador de aço inox para 5 000 litros com moto redutor de 7,5 cv")</f>
+      </c>
+      <c r="C30" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D30" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>10.000,00</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="31">
+      <c r="A31" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82190", "032")</f>
+      </c>
+      <c r="B31" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82190", " Cabeçote fresador para fresa vigorelli fua300 ")</f>
+      </c>
+      <c r="C31" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D31" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F31" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="32">
+      <c r="A32" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82186", "033")</f>
+      </c>
+      <c r="B32" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82186", " Solda ponto 20 Kva pneumática")</f>
+      </c>
+      <c r="C32" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D32" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="B12" s="4" t="inlineStr">
-[...46 lines deleted...]
-      <c r="E13" s="5" t="inlineStr">
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t>1.100,00</t>
+        </is>
+      </c>
+      <c r="F32" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="33">
+      <c r="A33" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82178", "036")</f>
+      </c>
+      <c r="B33" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82178", " Rosqueadeira para tubo até 2.1/2 polegadas de pente")</f>
+      </c>
+      <c r="C33" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D33" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F33" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="34">
+      <c r="A34" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82182", "037")</f>
+      </c>
+      <c r="B34" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82182", " Lote com: Carrinho para churrasco e carrinho térmico para Açaí ")</f>
+      </c>
+      <c r="C34" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D34" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
         <is>
           <t>500,00</t>
         </is>
       </c>
-      <c r="F13" s="4" t="inlineStr">
-[...21 lines deleted...]
-      <c r="D14" s="4" t="inlineStr">
+      <c r="F34" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="35">
+      <c r="A35" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82180", "038")</f>
+      </c>
+      <c r="B35" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82180", " Afiadora para disco de serra pneumático vantec")</f>
+      </c>
+      <c r="C35" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D35" s="4" t="inlineStr">
         <is>
           <t>2</t>
         </is>
       </c>
-      <c r="E14" s="5" t="inlineStr">
-[...31 lines deleted...]
-      <c r="E15" s="5" t="inlineStr">
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t>1.200,00</t>
+        </is>
+      </c>
+      <c r="F35" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="36">
+      <c r="A36" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82192", "039")</f>
+      </c>
+      <c r="B36" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82192", " Solda ponto suspensa de 40 Kva")</f>
+      </c>
+      <c r="C36" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D36" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F36" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="37">
+      <c r="A37" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82195", "040")</f>
+      </c>
+      <c r="B37" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82195", " Plaina de mesa com 2.80 de comprimento")</f>
+      </c>
+      <c r="C37" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D37" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
         <is>
           <t>3.000,00</t>
         </is>
       </c>
-      <c r="F15" s="4" t="inlineStr">
+      <c r="F37" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="38">
+      <c r="A38" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82187", "041")</f>
+      </c>
+      <c r="B38" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82187", " Máquina para pesar medir cubagem de caixas")</f>
+      </c>
+      <c r="C38" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D38" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>8.000,00</t>
+        </is>
+      </c>
+      <c r="F38" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="39">
+      <c r="A39" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82194", "042")</f>
+      </c>
+      <c r="B39" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82194", " Bomba de vácuo ")</f>
+      </c>
+      <c r="C39" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D39" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F39" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="40">
+      <c r="A40" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82196", "043")</f>
+      </c>
+      <c r="B40" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82196", "Moinho martelo tigre motor 7,5 cv ")</f>
+      </c>
+      <c r="C40" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D40" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t>3.000,00</t>
+        </is>
+      </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="41">
+      <c r="A41" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82197", "044")</f>
+      </c>
+      <c r="B41" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82197", "Elevador vibratório")</f>
+      </c>
+      <c r="C41" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D41" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F41" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="42">
+      <c r="A42" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82199", "046")</f>
+      </c>
+      <c r="B42" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82199", "Lote com: 3 uni. Rosqueadeira de bancada")</f>
+      </c>
+      <c r="C42" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="43">
+      <c r="A43" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82205", "055")</f>
+      </c>
+      <c r="B43" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82205", "Router cnc valberti edit3000")</f>
+      </c>
+      <c r="C43" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D43" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F43" s="4" t="inlineStr">
+        <is>
+          <t>250.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="44">
+      <c r="A44" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82208", "058")</f>
+      </c>
+      <c r="B44" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82208", "Solda projeção simonek 100 Kva")</f>
+      </c>
+      <c r="C44" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D44" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>4.000,00</t>
+        </is>
+      </c>
+      <c r="F44" s="4" t="inlineStr">
         <is>
           <t>200.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
-[...89 lines deleted...]
-      <c r="F18" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="45">
+      <c r="A45" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82210", "061")</f>
+      </c>
+      <c r="B45" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/82210", "Lote com: Aproximadamente 1000 unidades de guidões caramore sem uso, - cg, Titan , Amazonas , ybr, katana ")</f>
+      </c>
+      <c r="C45" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D45" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t>6.500,00</t>
+        </is>
+      </c>
+      <c r="F45" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="46">
+      <c r="A46" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84229", "062")</f>
+      </c>
+      <c r="B46" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84229", "Lote com: 8 unidades de reservatório de 200 litros de pp ")</f>
+      </c>
+      <c r="C46" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F46" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="47">
+      <c r="A47" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84230", "063")</f>
+      </c>
+      <c r="B47" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84230", "Lote com: Aproximadamente 300 kg de grafite em pó ")</f>
+      </c>
+      <c r="C47" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D47" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="48">
+      <c r="A48" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84231", "064")</f>
+      </c>
+      <c r="B48" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84231", "Compressor de ar monofásico")</f>
+      </c>
+      <c r="C48" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t>600,00</t>
+        </is>
+      </c>
+      <c r="F48" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="49">
+      <c r="A49" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84233", "065")</f>
+      </c>
+      <c r="B49" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84233", "Lote com: 2 Unidades - retíficas afiadora Mello e TOS")</f>
+      </c>
+      <c r="C49" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D49" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>9.000,00</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
-[...89 lines deleted...]
-      <c r="F21" s="4" t="inlineStr">
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="50">
+      <c r="A50" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84234", "066")</f>
+      </c>
+      <c r="B50" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84234", "Nobreak 15 Kva")</f>
+      </c>
+      <c r="C50" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D50" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t>500,00</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="51">
+      <c r="A51" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84239", "067")</f>
+      </c>
+      <c r="B51" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84239", "Lote com:  2 unidades de nobreak. Sendo: 10 e 5 Kva ")</f>
+      </c>
+      <c r="C51" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D51" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F51" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="52">
+      <c r="A52" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84241", "068")</f>
+      </c>
+      <c r="B52" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84241", "Lote com: 8 unid. máquina de fazer café , 1 unid. processador de alimentos e 1 unid. masseira gpaniz")</f>
+      </c>
+      <c r="C52" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F52" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="53">
+      <c r="A53" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84243", "069")</f>
+      </c>
+      <c r="B53" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84243", "Mesa pra desempeno de ferro fundido 1500 x 1000")</f>
+      </c>
+      <c r="C53" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D53" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t>1.500,00</t>
+        </is>
+      </c>
+      <c r="F53" s="4" t="inlineStr">
+        <is>
+          <t>100.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="54">
+      <c r="A54" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84244", "070")</f>
+      </c>
+      <c r="B54" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84244", "Seccionadora para madeira Giben")</f>
+      </c>
+      <c r="C54" s="4" t="inlineStr">
+        <is>
+          <t>Não vendido</t>
+        </is>
+      </c>
+      <c r="D54" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t>7.000,00</t>
+        </is>
+      </c>
+      <c r="F54" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
-    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
-[...1054 lines deleted...]
-    </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="55">
-      <c r="A55" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A55" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84245", "071")</f>
+      </c>
+      <c r="B55" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/84245", "Lote com: 2 injetoras para resina - Plastiglas")</f>
       </c>
       <c r="C55" s="4" t="inlineStr">
         <is>
           <t>Não vendido</t>
         </is>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>7.000,00</t>
         </is>
       </c>
       <c r="F55" s="4" t="inlineStr">
         <is>
           <t>250.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>