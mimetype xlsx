--- v0 (2026-02-11)
+++ v1 (2026-03-28)
@@ -269,571 +269,503 @@
           <t>Descrição</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Status</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Lances</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>Lance atual</t>
         </is>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Inc. mínimo</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
-      <c r="A11" s="5" t="inlineStr">
+      <c r="A11" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80841", "001")</f>
+      </c>
+      <c r="B11" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80841", " TRATOR CASE FARMALL 95 FROTA 2920 ANO:  2013 Horímetro:  14231 N. SÉRIE:   HCCZFA95KDCK08211 EQUIPAMENTO PAROU FUNCIONANDO, PNEUS MEIA VIDA.  ESTADO GERAL, conforme síntese anexo. ")</f>
+      </c>
+      <c r="C11" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D11" s="4" t="inlineStr">
+        <is>
+          <t>95</t>
+        </is>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t>82.000,00</t>
+        </is>
+      </c>
+      <c r="F11" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80840", "002")</f>
+      </c>
+      <c r="B12" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80840", " TRATOR CASE FARMALL 95 FROTA - 52277 ANO:  2013 Horímetro:  1999.9 N. SÉRIE:   HCCZFA95CDCK07622 EQUIPAMENTO PAROU FUNCIONANDO, PNEUS MEIA VIDA.  ESTADO GERAL, conforme síntese anexo. ")</f>
+      </c>
+      <c r="C12" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D12" s="4" t="inlineStr">
+        <is>
+          <t>86</t>
+        </is>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t>77.500,00</t>
+        </is>
+      </c>
+      <c r="F12" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80846", "003")</f>
+      </c>
+      <c r="B13" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80846", " TRATOR CASE FARMALL 95  FROTA - 52283 ANO:  2013 Horímetro:  16498.9 N. SÉRIE:   HCCZFA95VDCY12099 EQUIPAMENTO PAROU FUNCIONANDO, PNEUS MEIA VIDA.  ESTADO GERAL, conforme síntese anexo. ")</f>
+      </c>
+      <c r="C13" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D13" s="4" t="inlineStr">
+        <is>
+          <t>98</t>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t>84.000,00</t>
+        </is>
+      </c>
+      <c r="F13" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80853", "004")</f>
+      </c>
+      <c r="B14" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80853", " TRATOR NEW HOLLAND, NH TS 6020 FROTA - 52260 ANO:  2011 Horímetro:  2312.6 N. SÉRIE:   ZBCE89798 EQUIPAMENTO PAROU FUNCIONANDO, PNEUS MEIA VIDA.  ESTADO GERAL, conforme síntese anexo. ")</f>
+      </c>
+      <c r="C14" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>114</t>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>91.000,00</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80842", "005")</f>
+      </c>
+      <c r="B15" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80842", " TRATOR NEW HOLLAND, NH TS 6020 FROTA - 52261 ANO:  2011 Horímetro:  23085.4 N. SÉRIE:   ZBCE89758 EQUIPAMENTO PAROU FUNCIONANDO, PNEUS MEIA VIDA.  ESTADO GERAL, conforme síntese anexo. ")</f>
+      </c>
+      <c r="C15" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D15" s="4" t="inlineStr">
+        <is>
+          <t>80</t>
+        </is>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t>74.500,00</t>
+        </is>
+      </c>
+      <c r="F15" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80850", "006")</f>
+      </c>
+      <c r="B16" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80850", " TRATOR VALTRA BM 100-4 FROTA 2282 ANO:  2010 Horímetro:  14195.3 N. SÉRIE:   AAAT20070ABM000834 EQUIPAMENTO PAROU FUNCIONANDO, PNEUS MEIA VIDA.  ESTADO GERAL, conforme síntese anexo. ")</f>
+      </c>
+      <c r="C16" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D16" s="4" t="inlineStr">
+        <is>
+          <t>114</t>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t>95.500,00</t>
+        </is>
+      </c>
+      <c r="F16" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80854", "007")</f>
+      </c>
+      <c r="B17" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80854", " TRATOR NEW HOLLAND, NH TS 6020 FROTA 2919 ANO:  2011 Horímetro:  16567.1 N. SÉRIE:   634CC201571 EQUIPAMENTO PAROU FUNCIONANDO, PNEUS MEIA VIDA.  ESTADO GERAL, conforme síntese anexo. ")</f>
+      </c>
+      <c r="C17" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>106</t>
+        </is>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t>87.000,00</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80855", "008")</f>
+      </c>
+      <c r="B18" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80855", " TRATOR  CASE PUMA 205 FROTA -52272 ANO:  2014 Horímetro:  23811.3 N. SÉRIE:   HCCZC205JDCR04659 EQUIPAMENTO PAROU FUNCIONANDO, PNEUS MEIA VIDA.  ESTADO GERAL, conforme síntese anexo. ")</f>
+      </c>
+      <c r="C18" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D18" s="4" t="inlineStr">
+        <is>
+          <t>3</t>
+        </is>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t>97.000,00</t>
+        </is>
+      </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80851", "009")</f>
+      </c>
+      <c r="B19" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80851", " TRATOR  CASE PUMA 205 FROTA -52276 ANO:  2014 Horímetro:  19391.8 N. SÉRIE:   HCCZC205KDCR10072 EQUIPAMENTO PAROU FUNCIONANDO, PNEUS MEIA VIDA.  ESTADO GERAL, conforme síntese anexo. ")</f>
+      </c>
+      <c r="C19" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
-      <c r="B11" s="4" t="inlineStr">
-[...58 lines deleted...]
-      <c r="A13" s="5" t="inlineStr">
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t>96.000,00</t>
+        </is>
+      </c>
+      <c r="F19" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80848", "010")</f>
+      </c>
+      <c r="B20" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80848", " TRATOR  CASE PUMA 205 FROTA - 52278 ANO:  2014 Horímetro:  21838.5 N. SÉRIE:   HCCZC205EDCR10082 EQUIPAMENTO PAROU FUNCIONANDO, PNEUS MEIA VIDA.  ESTADO GERAL, conforme síntese anexo. ")</f>
+      </c>
+      <c r="C20" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D20" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t>96.000,00</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80849", "011")</f>
+      </c>
+      <c r="B21" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80849", " TRATOR  CASE PUMA 205 FROTA 52279 ANO:  2014 Horímetro:  19958.4 N. SÉRIE:   HCCZC205CDCR10107 EQUIPAMENTO PAROU FUNCIONANDO, PNEUS MEIA VIDA.  ESTADO GERAL, conforme síntese anexo. ")</f>
+      </c>
+      <c r="C21" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D21" s="4" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t>96.000,00</t>
+        </is>
+      </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>500.00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="22">
+      <c r="A22" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80856", "012")</f>
+      </c>
+      <c r="B22" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80856", " TRATOR  CASE PUMA 205 FROTA 52280 ANO:  2014 Horímetro:  21731.1 N. SÉRIE:   HCCZC205PDCR10099 EQUIPAMENTO PAROU FUNCIONANDO, PNEUS MEIA VIDA.  ESTADO GERAL, conforme síntese anexo. ")</f>
+      </c>
+      <c r="C22" s="4" t="inlineStr">
+        <is>
+          <t>Vendido</t>
+        </is>
+      </c>
+      <c r="D22" s="4" t="inlineStr">
         <is>
           <t>3</t>
         </is>
       </c>
-      <c r="B13" s="4" t="inlineStr">
-[...174 lines deleted...]
-      <c r="E18" s="5" t="inlineStr">
+      <c r="E22" s="5" t="inlineStr">
         <is>
           <t>97.000,00</t>
         </is>
       </c>
-      <c r="F18" s="4" t="inlineStr">
-[...126 lines deleted...]
-      </c>
       <c r="F22" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="23">
-      <c r="A23" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A23" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80847", "013")</f>
+      </c>
+      <c r="B23" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80847", " TRATOR  CASE PUMA 205 FROTA - 52282 ANO:  2014 Horímetro:  18990.7 N. SÉRIE:   HCCZC205CDCR10049 EQUIPAMENTO PAROU FUNCIONANDO, PNEUS MEIA VIDA.  ESTADO GERAL, conforme síntese anexo. ")</f>
       </c>
       <c r="C23" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D23" s="4" t="inlineStr">
         <is>
           <t>34</t>
         </is>
       </c>
       <c r="E23" s="5" t="inlineStr">
         <is>
           <t>112.500,00</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="24">
-      <c r="A24" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A24" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80845", "014")</f>
+      </c>
+      <c r="B24" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80845", " TRATOR  CASE PUMA 205 FROTA -52281 ANO:  2013 Horímetro:  17822 N. SÉRIE:   HCCZC205CDCR09810 EQUIPAMENTO PAROU FUNCIONANDO, PNEUS MEIA VIDA.  ESTADO GERAL, conforme síntese anexo. ")</f>
       </c>
       <c r="C24" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>104.500,00</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="25">
-      <c r="A25" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A25" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80844", "015")</f>
+      </c>
+      <c r="B25" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80844", " TRATOR  CASE PUMA 205 FROTA - 52284 ANO:  2013 Horímetro:  20508.7 N. SÉRIE:   HCCZC205EDCR11197 EQUIPAMENTO PAROU FUNCIONANDO, PNEUS MEIA VIDA.  ESTADO GERAL, conforme síntese anexo. ")</f>
       </c>
       <c r="C25" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>23</t>
         </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t>95.000,00</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="26">
-      <c r="A26" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A26" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80843", "016")</f>
+      </c>
+      <c r="B26" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80843", " SEMI REBOQUE PRANCHA 2 EIXOS, RANDON  FROTA  55202 ANO:  2008 CHASSI:  9ADC135222M174648 O EQUIPAMENTO PAROU FUNCIONANDO,  PNEUS RUINS. ESTADO GERAL, conforme síntese anexo. ")</f>
       </c>
       <c r="C26" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
           <t>112</t>
         </is>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t>100.500,00</t>
         </is>
       </c>
       <c r="F26" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="27">
-      <c r="A27" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="A27" s="5" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80852", "017")</f>
+      </c>
+      <c r="B27" s="4" t="s">
+        <f>=HYPERLINK("https://www.leilaoonline.net/lote/detalhe/80852", " SEMI REBOQUE PRANCHA 2 EIXOS, RANDON FROTA  55204 ANO:  2011 CHASSI:  9ADC1322BBM332976 O EQUIPAMENTO PAROU FUNCIONANDO,  PNEUS RUINS. ESTADO GERAL, conforme síntese anexo. ")</f>
       </c>
       <c r="C27" s="4" t="inlineStr">
         <is>
           <t>Vendido</t>
         </is>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t>97.500,00</t>
         </is>
       </c>
       <c r="F27" s="4" t="inlineStr">
         <is>
           <t>500.00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A2:F4"/>